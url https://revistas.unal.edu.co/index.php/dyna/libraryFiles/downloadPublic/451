--- v0 (2025-12-24)
+++ v1 (2026-02-12)
@@ -1,657 +1,575 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.ms-word.attachedToolbars"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00EF42AD" w:rsidRPr="00420857" w:rsidRDefault="00381EA9" w:rsidP="008477DD">
+    <w:p w14:paraId="0BEA1041" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRPr="00420857" w:rsidRDefault="00381EA9" w:rsidP="008477DD">
       <w:pPr>
         <w:pStyle w:val="ADYNATituloArticulo"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00420857">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00EF42AD" w:rsidRPr="00420857">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>rticle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EF42AD" w:rsidRPr="00420857">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EF42AD" w:rsidRPr="00420857">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>formatting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00420857">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00420857">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>example</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00EF42AD" w:rsidRPr="00420857" w:rsidRDefault="00EF42AD" w:rsidP="004F7AA0">
+    <w:p w14:paraId="2D7E4716" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRPr="00420857" w:rsidRDefault="00EF42AD" w:rsidP="004F7AA0">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF42AD" w:rsidRPr="001232D8" w:rsidRDefault="00EF42AD" w:rsidP="008477DD">
+    <w:p w14:paraId="6079D6AE" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRPr="001232D8" w:rsidRDefault="00EF42AD" w:rsidP="008477DD">
       <w:pPr>
         <w:pStyle w:val="ADYNATituloArticulo"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001232D8">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo del formato de un artículo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF42AD" w:rsidRPr="00481248" w:rsidRDefault="00EF42AD" w:rsidP="00EF42AD">
+    <w:p w14:paraId="3D2DBA30" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRPr="00481248" w:rsidRDefault="00EF42AD" w:rsidP="00EF42AD">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF42AD" w:rsidRPr="00350CEE" w:rsidRDefault="00EF42AD" w:rsidP="000F3EB5">
+    <w:p w14:paraId="77454F91" w14:textId="77777777" w:rsidR="00E34877" w:rsidRPr="00426C72" w:rsidRDefault="00E34877" w:rsidP="00E34877">
       <w:pPr>
         <w:pStyle w:val="ADYNAAutores"/>
         <w:rPr>
           <w:szCs w:val="26"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00426C72">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Néstor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00350CEE">
+      <w:r w:rsidRPr="00426C72">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Rojas-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00426C72">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Reyes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A65D3">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="26"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00046B5E" w:rsidRPr="00046B5E">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00426C72">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="26"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00046B5E">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00350CEE">
+    </w:p>
+    <w:p w14:paraId="390A5C1F" w14:textId="77777777" w:rsidR="00E34877" w:rsidRPr="00426C72" w:rsidRDefault="00E34877" w:rsidP="00E34877">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D7CE135" w14:textId="77777777" w:rsidR="00E34877" w:rsidRPr="00267004" w:rsidRDefault="00E34877" w:rsidP="00E34877">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
-          <w:szCs w:val="26"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D47030">
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FD0C5F" w:rsidRPr="00D47030">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:vertAlign w:val="superscript"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D47030">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Institute of Minerals – CIMEX, Faculty of Mines, National University of Colombia</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CB0CC9" w:rsidRPr="00D47030">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FA7D61">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medellín, Colombia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, nrrojasr@unal.edu.co</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ACD66E2" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRPr="00E34877" w:rsidRDefault="00EF42AD" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...5 lines deleted...]
-          <w:i/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74F0BF7E" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRPr="00FD0C5F" w:rsidRDefault="00CB0CC9" w:rsidP="00CB0CC9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...5 lines deleted...]
-          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0C5F">
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...31 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Received: September 6th, 2012. Received in revised form: November 1th, 2013. Accepted: November 25th, 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52EF4B58" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRDefault="00EF42AD" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="412A5180" w14:textId="77777777" w:rsidR="00CB0CC9" w:rsidRPr="007C5FBB" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
+      <w:pPr>
+        <w:pStyle w:val="ADYNAAbstrac"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007C5FBB">
-        <w:t xml:space="preserve">ntro Editorial de la Facultad de Minas, Universidad Nacional de Colombia, </w:t>
-[...48 lines deleted...]
-        <w:pStyle w:val="ADYNAAbstrac"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB0CC9" w:rsidRPr="007C5FBB" w:rsidRDefault="00CB0CC9" w:rsidP="007C5FBB">
+    <w:p w14:paraId="0F856FDF" w14:textId="77777777" w:rsidR="00CB0CC9" w:rsidRPr="007C5FBB" w:rsidRDefault="00CB0CC9" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
       </w:pPr>
       <w:r w:rsidRPr="007C5FBB">
         <w:t xml:space="preserve">This is an example of an article formatted for </w:t>
       </w:r>
       <w:r w:rsidR="00B17492" w:rsidRPr="007C5FBB">
         <w:t>our journal. Note that this text is typed in Times New Roman, size 9, justified, with the word Abstract in bold</w:t>
       </w:r>
       <w:r w:rsidR="00B1380A" w:rsidRPr="007C5FBB">
         <w:t>, Type title</w:t>
       </w:r>
       <w:r w:rsidR="00B17492" w:rsidRPr="007C5FBB">
         <w:t xml:space="preserve"> and in a separate line. Abstract length does not exceed </w:t>
       </w:r>
       <w:r w:rsidR="00B17492" w:rsidRPr="0080081C">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
         </w:rPr>
         <w:t>150</w:t>
       </w:r>
       <w:r w:rsidR="00B17492" w:rsidRPr="007C5FBB">
         <w:t xml:space="preserve"> words. Also, note that keywords are separated by semicolon.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
+    <w:p w14:paraId="0D2185B9" w14:textId="77777777" w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
+    <w:p w14:paraId="5A13B72A" w14:textId="77777777" w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
       </w:pPr>
       <w:r w:rsidRPr="00B17492">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r>
         <w:t>: manuscript formatting; camera-ready manuscript.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
+    <w:p w14:paraId="41669F7F" w14:textId="77777777" w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRPr="007C5FBB" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
+    <w:p w14:paraId="1901B1CB" w14:textId="77777777" w:rsidR="00B17492" w:rsidRPr="007C5FBB" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C5FBB">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
+    <w:p w14:paraId="710E6660" w14:textId="77777777" w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B17492">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Este es un ejemplo de un artículo formateado para nuestra revista. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Note que este texto es digitado en Times New </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Roman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, tamaño 9, justificado, con la palabra Resumen en negrilla</w:t>
       </w:r>
       <w:r w:rsidR="00B1380A">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, Tipo título</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> y en una línea separada. La longitud del resumen no excede 150 palabras. También, note que las palabras clave están separadas por un punto y coma.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
+    <w:p w14:paraId="507A6277" w14:textId="77777777" w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
+    <w:p w14:paraId="02205729" w14:textId="77777777" w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B17492">
         <w:rPr>
           <w:i/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>: formato del manuscrito; manuscrito listo para impresión.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRPr="00B17492" w:rsidRDefault="00B17492" w:rsidP="00EF42AD">
+    <w:p w14:paraId="2DBC70E6" w14:textId="77777777" w:rsidR="00B17492" w:rsidRPr="00B17492" w:rsidRDefault="00B17492" w:rsidP="00EF42AD">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRPr="0076586D" w:rsidRDefault="00B17492" w:rsidP="00EF42AD">
+    <w:p w14:paraId="3143F974" w14:textId="77777777" w:rsidR="00B17492" w:rsidRPr="0076586D" w:rsidRDefault="00B17492" w:rsidP="00EF42AD">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B17492" w:rsidRPr="0076586D" w:rsidSect="001032E0">
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
           <w:pgMar w:top="958" w:right="958" w:bottom="958" w:left="958" w:header="964" w:footer="709" w:gutter="397"/>
           <w:cols w:sep="1" w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRPr="00FE0D0C" w:rsidRDefault="00981BA0" w:rsidP="007C5FBB">
+    <w:p w14:paraId="17C5B614" w14:textId="77777777" w:rsidR="00B17492" w:rsidRPr="00FE0D0C" w:rsidRDefault="00981BA0" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNATitulo1"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00455605" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CD6899" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Formating</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="00CD6899">
-[...8 lines deleted...]
-    <w:p w:rsidR="00B17492" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="007C5FBB">
+    <w:p w14:paraId="16E6D610" w14:textId="77777777" w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="00CD6899">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30AEF184" w14:textId="77777777" w:rsidR="00B17492" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNATitulo2"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1  </w:t>
       </w:r>
       <w:r w:rsidR="00CD6899" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Paper</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CD6899" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> size, margins, columns and paragraphs</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRPr="00FE0D0C" w:rsidRDefault="00B17492" w:rsidP="00EF42AD">
-[...8 lines deleted...]
-    <w:p w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="00FA7D61">
+    <w:p w14:paraId="4274164A" w14:textId="77777777" w:rsidR="00B17492" w:rsidRPr="00FE0D0C" w:rsidRDefault="00B17492" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A87FDB4" w14:textId="77777777" w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="00FA7D61">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Manuscript must be prepared in letter size</w:t>
       </w:r>
       <w:r w:rsidR="00E82B0B" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> paper</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0D0C">
@@ -673,884 +591,874 @@
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. The text is typeset in two columns with 0.4</w:t>
       </w:r>
       <w:r w:rsidR="00E82B0B" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> cm of spacing between columns. All texts in the manuscript are typeset using Time New Roman fonts.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="00CD6899">
+    <w:p w14:paraId="4E1CE703" w14:textId="77777777" w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="00CD6899">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Use Time New Roman font with size of 10 points for normal text paragraphs. The first line of each paragraph is indented 0.5</w:t>
       </w:r>
       <w:r w:rsidR="00E82B0B" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> cm</w:t>
       </w:r>
       <w:r w:rsidR="006903C4" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="00B25DBB">
-[...8 lines deleted...]
-    <w:p w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="007C5FBB">
+    <w:p w14:paraId="45D74B69" w14:textId="77777777" w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="00B25DBB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F74D581" w14:textId="77777777" w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNATitulo3"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2  </w:t>
       </w:r>
       <w:r w:rsidR="00CD6899" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Headings</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00FD759E" w:rsidRPr="00FE0D0C" w:rsidRDefault="00FD759E" w:rsidP="00EF42AD">
-[...8 lines deleted...]
-    <w:p w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="006903C4">
+    <w:p w14:paraId="702FB850" w14:textId="77777777" w:rsidR="00FD759E" w:rsidRPr="00FE0D0C" w:rsidRDefault="00FD759E" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71BEB80A" w14:textId="77777777" w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="006903C4">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The maximum allowed deep of headings in the manuscript is three. Headings are numerated using Arabic numbers. Primary headings use bold face, and size 10. Secondary headings use bold face, italics and size 10. Tertiary headings use normal text and size 10, for example:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C5FBB" w:rsidRPr="00FE0D0C" w:rsidRDefault="007C5FBB" w:rsidP="006903C4">
+    <w:p w14:paraId="3CA755E3" w14:textId="77777777" w:rsidR="007C5FBB" w:rsidRPr="00FE0D0C" w:rsidRDefault="007C5FBB" w:rsidP="006903C4">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="007C5FBB">
+    <w:p w14:paraId="7A96C1D9" w14:textId="77777777" w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNATitulo3"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2.1  </w:t>
       </w:r>
       <w:r w:rsidR="00CD6899" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Example</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CD6899" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> of a tertiary heading</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="00EF42AD">
-[...8 lines deleted...]
-    <w:p w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="0059674A">
+    <w:p w14:paraId="0497A09D" w14:textId="77777777" w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47F96766" w14:textId="77777777" w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="0059674A">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2  </w:t>
       </w:r>
       <w:r w:rsidR="00D47030" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Tables</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D47030" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Figures</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D47030" w:rsidRPr="00FE0D0C" w:rsidRDefault="00D47030" w:rsidP="006903C4">
+    <w:p w14:paraId="46008F05" w14:textId="77777777" w:rsidR="00D47030" w:rsidRPr="00FE0D0C" w:rsidRDefault="00D47030" w:rsidP="006903C4">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D47030" w:rsidRPr="00FE0D0C" w:rsidRDefault="00D47030" w:rsidP="006903C4">
+    <w:p w14:paraId="1E7B79ED" w14:textId="77777777" w:rsidR="00D47030" w:rsidRPr="00FE0D0C" w:rsidRDefault="00D47030" w:rsidP="006903C4">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>All tables and figures occupy the entire width of the column. Use figures and tables of two columns of width only when absolutely necessar</w:t>
       </w:r>
       <w:r w:rsidR="00CE0D1B" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">y. Tables have the title above and figures have the title below. </w:t>
       </w:r>
       <w:r w:rsidR="006F791B" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">All tables and figures are numerated </w:t>
       </w:r>
       <w:r w:rsidR="00752300" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>co</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>consecutively</w:t>
+      </w:r>
+      <w:r w:rsidR="006F791B" w:rsidRPr="00FE0D0C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> using Arabic numbers. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0D1B" w:rsidRPr="00FE0D0C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>We present an example of correct formatting of tables and figures in the Table 1 and Fig</w:t>
+      </w:r>
+      <w:r w:rsidR="00276969" w:rsidRPr="00FE0D0C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0D1B" w:rsidRPr="00FE0D0C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F791B" w:rsidRPr="00FE0D0C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Locate tables and figures close to the first reference to them, preferably at the beginning or end of each column. No use abbreviations in column headings. </w:t>
+      </w:r>
+      <w:r w:rsidR="00681624" w:rsidRPr="00FE0D0C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>For t</w:t>
+      </w:r>
+      <w:r w:rsidR="006F791B" w:rsidRPr="00FE0D0C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>able and figure captions, and the text in tables, use Times New Roman font with size of 8 points. Use only horizontal lines.</w:t>
+      </w:r>
       <w:r w:rsidR="00752300" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>nsecutively</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Locate tables and figures close to the first reference to them, preferably at the beginning or end of each column. No use abbreviations in column headings. </w:t>
+        <w:t xml:space="preserve"> Avoid text in boldface.</w:t>
       </w:r>
       <w:r w:rsidR="00681624" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>For t</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Figures with colors are not allowed.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00681624" w:rsidRPr="00FE0D0C" w:rsidRDefault="00681624" w:rsidP="00E82B0B">
-[...8 lines deleted...]
-    <w:p w:rsidR="00681624" w:rsidRPr="00276969" w:rsidRDefault="00681624" w:rsidP="007C5FBB">
+    <w:p w14:paraId="02013B0A" w14:textId="77777777" w:rsidR="00681624" w:rsidRPr="00FE0D0C" w:rsidRDefault="00681624" w:rsidP="00E82B0B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04429C1E" w14:textId="77777777" w:rsidR="00681624" w:rsidRPr="00276969" w:rsidRDefault="00681624" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNATabla"/>
       </w:pPr>
       <w:r w:rsidRPr="00276969">
         <w:t>Table 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="007C5FBB">
+    <w:p w14:paraId="0A6BE832" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNATabla"/>
       </w:pPr>
       <w:r w:rsidRPr="00276969">
         <w:t>Example of a table</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00276969">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1678"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1678"/>
+        <w:gridCol w:w="1616"/>
+        <w:gridCol w:w="1610"/>
+        <w:gridCol w:w="1625"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00681624" w:rsidTr="00681624">
+      <w:tr w:rsidR="00681624" w14:paraId="528711CB" w14:textId="77777777" w:rsidTr="00681624">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+          <w:p w14:paraId="68B78099" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+          <w:p w14:paraId="62CD523D" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Fitting</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+          <w:p w14:paraId="79D8CD3E" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00276969">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MAD (RMSE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+          <w:p w14:paraId="0D46B09F" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Forecasting</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+          <w:p w14:paraId="6BF28938" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00276969">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MAD (RMSE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681624" w:rsidTr="00681624">
+      <w:tr w:rsidR="00681624" w14:paraId="4B527E6E" w14:textId="77777777" w:rsidTr="00681624">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+          <w:p w14:paraId="22C27AAE" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SARIMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+          <w:p w14:paraId="19E92833" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00276969">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>36.11 (52.30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+          <w:p w14:paraId="20B7EED7" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">51.88 </w:t>
             </w:r>
             <w:r w:rsidRPr="00276969">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(60.20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681624" w:rsidTr="00681624">
+      <w:tr w:rsidR="00681624" w14:paraId="30DCD168" w14:textId="77777777" w:rsidTr="00681624">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+          <w:p w14:paraId="36C91103" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Proposed model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+          <w:p w14:paraId="5A9E6BC4" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>35.93 (50.89)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+          <w:p w14:paraId="0A992994" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">47.68 </w:t>
             </w:r>
             <w:r w:rsidRPr="00276969">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(60.06)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
+    <w:p w14:paraId="225A56EE" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00681624">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Source: Adapted from </w:t>
       </w:r>
       <w:r w:rsidR="003F0C2E" w:rsidRPr="003F0C2E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Dvorak and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003F0C2E" w:rsidRPr="003F0C2E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ferraz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003F0C2E" w:rsidRPr="003F0C2E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-Mello, 2004</w:t>
       </w:r>
       <w:r w:rsidR="003F0C2E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00E82B0B">
-[...7 lines deleted...]
-    <w:p w:rsidR="00752300" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="0059674A">
+    <w:p w14:paraId="7EC59B42" w14:textId="77777777" w:rsidR="00681624" w:rsidRDefault="00681624" w:rsidP="00E82B0B">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DE23905" w14:textId="77777777" w:rsidR="00752300" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="0059674A">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3  </w:t>
       </w:r>
       <w:r w:rsidR="00752300" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Equations</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00752300" w:rsidRPr="00FE0D0C" w:rsidRDefault="00752300" w:rsidP="00B25DBB">
+    <w:p w14:paraId="6AB2735E" w14:textId="77777777" w:rsidR="00752300" w:rsidRPr="00FE0D0C" w:rsidRDefault="00752300" w:rsidP="00B25DBB">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00752300" w:rsidRPr="00FE0D0C" w:rsidRDefault="00752300" w:rsidP="00567B7F">
+    <w:p w14:paraId="5B00D568" w14:textId="77777777" w:rsidR="00752300" w:rsidRPr="00FE0D0C" w:rsidRDefault="00752300" w:rsidP="00567B7F">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">All equations must be numbered consecutively. Use the built-in equation editor provided by Microsoft Word. Use the standard convention for typesetting mathematics: letters in italics for </w:t>
       </w:r>
       <w:r w:rsidR="00681624" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">scalar </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">variables and constants, bold lowercase </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">letters for vectors and bold uppercase letters for matrixes. </w:t>
       </w:r>
       <w:r w:rsidR="00681624" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>For example, all variables in eq. (1) are scalars.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00752300" w:rsidRDefault="00752300" w:rsidP="00752300">
+    <w:p w14:paraId="4A07E513" w14:textId="77777777" w:rsidR="00752300" w:rsidRDefault="00752300" w:rsidP="00752300">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4528"/>
-        <w:gridCol w:w="539"/>
+        <w:gridCol w:w="4322"/>
+        <w:gridCol w:w="529"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00752300" w:rsidTr="00752300">
+      <w:tr w:rsidR="00752300" w14:paraId="4EBF0E0F" w14:textId="77777777" w:rsidTr="00752300">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00752300" w:rsidRDefault="00752300" w:rsidP="00752300">
+          <w:p w14:paraId="2BEBF221" w14:textId="77777777" w:rsidR="00752300" w:rsidRDefault="00752300" w:rsidP="00752300">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                   <m:t>f</m:t>
                 </m:r>
                 <m:d>
                   <m:dPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="es-CO"/>
                       </w:rPr>
@@ -1771,270 +1679,270 @@
                           </m:e>
                           <m:sup>
                             <m:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="es-CO"/>
                               </w:rPr>
                               <m:t>2</m:t>
                             </m:r>
                           </m:sup>
                         </m:sSup>
                       </m:e>
                     </m:d>
                   </m:e>
                 </m:func>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="545" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00752300" w:rsidRDefault="00752300" w:rsidP="00752300">
+          <w:p w14:paraId="15B4A8DE" w14:textId="77777777" w:rsidR="00752300" w:rsidRDefault="00752300" w:rsidP="00752300">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00752300" w:rsidRDefault="00752300" w:rsidP="00EF42AD">
+    <w:p w14:paraId="128B453F" w14:textId="77777777" w:rsidR="00752300" w:rsidRDefault="00752300" w:rsidP="00EF42AD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00981BA0" w:rsidRDefault="00981BA0" w:rsidP="00981BA0">
+    <w:p w14:paraId="03EC35AB" w14:textId="77777777" w:rsidR="00981BA0" w:rsidRDefault="00981BA0" w:rsidP="00981BA0">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C1D33E2" wp14:editId="075C5067">
             <wp:extent cx="3201901" cy="2750716"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Imagen 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3248375" cy="2790641"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062155B" w:rsidRDefault="00CE0D1B" w:rsidP="0062155B">
+    <w:p w14:paraId="17D381F1" w14:textId="77777777" w:rsidR="0062155B" w:rsidRDefault="00CE0D1B" w:rsidP="0062155B">
       <w:pPr>
         <w:keepLines/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE0D1B">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 1. Plot of a nonlinear </w:t>
       </w:r>
       <w:r w:rsidR="00381EA9">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>surface</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE0D1B">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE0D1B" w:rsidRDefault="003F0C2E" w:rsidP="0062155B">
+    <w:p w14:paraId="282CC375" w14:textId="77777777" w:rsidR="00CE0D1B" w:rsidRDefault="003F0C2E" w:rsidP="0062155B">
       <w:pPr>
         <w:keepLines/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Source: </w:t>
       </w:r>
       <w:r w:rsidRPr="003F0C2E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Anderson</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00752300" w:rsidRPr="00CE0D1B" w:rsidRDefault="00752300" w:rsidP="00752300">
+    <w:p w14:paraId="58532F3A" w14:textId="77777777" w:rsidR="00752300" w:rsidRPr="00CE0D1B" w:rsidRDefault="00752300" w:rsidP="00752300">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006F791B" w:rsidRPr="0059674A" w:rsidRDefault="006F791B" w:rsidP="00EF42AD">
-[...7 lines deleted...]
-    <w:p w:rsidR="00681624" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="0059674A">
+    <w:p w14:paraId="0A47A81A" w14:textId="77777777" w:rsidR="006F791B" w:rsidRPr="0059674A" w:rsidRDefault="006F791B" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A08B3BA" w14:textId="77777777" w:rsidR="00681624" w:rsidRPr="00FE0D0C" w:rsidRDefault="0059674A" w:rsidP="0059674A">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4  </w:t>
       </w:r>
       <w:r w:rsidR="00681624" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Referencing</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00681624" w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> bibliography, tables and figures</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00681624" w:rsidRPr="00FE0D0C" w:rsidRDefault="00681624" w:rsidP="00EF42AD">
-[...8 lines deleted...]
-    <w:p w:rsidR="00870B94" w:rsidRPr="00FE0D0C" w:rsidRDefault="00870B94" w:rsidP="006903C4">
+    <w:p w14:paraId="3AE3CEF2" w14:textId="77777777" w:rsidR="00681624" w:rsidRPr="00FE0D0C" w:rsidRDefault="00681624" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5086F4CD" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00FE0D0C" w:rsidRDefault="00870B94" w:rsidP="006903C4">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In text, bibliographical references use [1,2] instead of [1][2</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>];  [</w:t>
       </w:r>
@@ -2044,156 +1952,156 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1-3] instead of [1][2][3] or [1,2,3] or [1], [2], [3].  For references to figures use Fig. 1 instead of Figure 1; Fig. 1, 2, 5 instead of Figure 1, Figure 2 and Figure </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5,  or</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Figures 1, 2 and 5.  Use Fig. 1-5 instead of Fig. 1, 2, 3, 4 and 5. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRPr="00FE0D0C" w:rsidRDefault="00870B94" w:rsidP="00870B94">
+    <w:p w14:paraId="646A42F9" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00FE0D0C" w:rsidRDefault="00870B94" w:rsidP="00870B94">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>For equations use eq. (1) instead of equation 1; use (eq. 1) instead of (equation 1); use eq. (1)-(5) instead of eq. (1), (2), (3), (4), (5).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRDefault="00870B94" w:rsidP="00EF42AD">
-[...7 lines deleted...]
-    <w:p w:rsidR="00870B94" w:rsidRPr="00745030" w:rsidRDefault="0059674A" w:rsidP="0080081C">
+    <w:p w14:paraId="5B9836E0" w14:textId="77777777" w:rsidR="00870B94" w:rsidRDefault="00870B94" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="797E2935" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00745030" w:rsidRDefault="0059674A" w:rsidP="0080081C">
       <w:pPr>
         <w:pStyle w:val="ADYNATitulo1"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">5  </w:t>
       </w:r>
       <w:r w:rsidR="00870B94" w:rsidRPr="00745030">
         <w:t>Citation</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00870B94" w:rsidRPr="00745030">
         <w:t xml:space="preserve"> standard</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRDefault="00870B94" w:rsidP="00EF42AD">
-[...7 lines deleted...]
-    <w:p w:rsidR="003B6567" w:rsidRDefault="00870B94" w:rsidP="00395217">
+    <w:p w14:paraId="77FFBD6D" w14:textId="77777777" w:rsidR="00870B94" w:rsidRDefault="00870B94" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29130372" w14:textId="77777777" w:rsidR="003B6567" w:rsidRDefault="00870B94" w:rsidP="00395217">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Use the following citation standard in references. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B6567" w:rsidRDefault="003B6567" w:rsidP="006903C4">
+    <w:p w14:paraId="59780833" w14:textId="77777777" w:rsidR="003B6567" w:rsidRDefault="003B6567" w:rsidP="006903C4">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRPr="003B6567" w:rsidRDefault="00870B94" w:rsidP="00395217">
+    <w:p w14:paraId="6CDF79EC" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="003B6567" w:rsidRDefault="00870B94" w:rsidP="00395217">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B6567">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>For books</w:t>
       </w:r>
       <w:r w:rsidR="0013686A" w:rsidRPr="003B6567">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRDefault="00870B94" w:rsidP="000B4D09">
+    <w:p w14:paraId="54553411" w14:textId="77777777" w:rsidR="00870B94" w:rsidRDefault="00870B94" w:rsidP="000B4D09">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:t>Masters, T. Neural Network Recipes in C++. New York: Academic Press, 1993.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B4D09" w:rsidRDefault="000B4D09" w:rsidP="00E92249">
+    <w:p w14:paraId="63BB4837" w14:textId="77777777" w:rsidR="000B4D09" w:rsidRDefault="000B4D09" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="000B4D09">
         <w:t>Dvorak,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B4D09">
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:t>. and</w:t>
       </w:r>
       <w:r w:rsidRPr="000B4D09">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -2213,91 +2121,91 @@
       <w:r>
         <w:t>., Eds.,</w:t>
       </w:r>
       <w:r w:rsidRPr="000B4D09">
         <w:t xml:space="preserve"> A Comparison of the dynamical evolution of planetary systems</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000B4D09">
         <w:t xml:space="preserve">Austria, </w:t>
       </w:r>
       <w:r>
         <w:t>Springer,</w:t>
       </w:r>
       <w:r w:rsidRPr="000B4D09">
         <w:t xml:space="preserve"> 2004</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="000B4D09">
         <w:t>http://dx.doi.org/10.1007/1-4020-4466-6#sthash.TMeZ8aSQ.dpuf</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B6567" w:rsidRPr="00A61586" w:rsidRDefault="003B6567" w:rsidP="00567B7F">
+    <w:p w14:paraId="22CE503B" w14:textId="77777777" w:rsidR="003B6567" w:rsidRPr="00A61586" w:rsidRDefault="003B6567" w:rsidP="00567B7F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>For Chapter in a printed book:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B6567" w:rsidRPr="000773BE" w:rsidRDefault="003B6567" w:rsidP="000773BE">
+    <w:p w14:paraId="5FE8B0A3" w14:textId="77777777" w:rsidR="003B6567" w:rsidRPr="000773BE" w:rsidRDefault="003B6567" w:rsidP="000773BE">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000773BE">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Moyor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000773BE">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> M.A. Evaluación del lenguaje de ingeniería, en Verdugo – Alonso J. Evaluación curricular: una guía para la intervención del ingeniero, 2a ed., Madrid, Salvat, 1994. pp. 324-344.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000773BE" w:rsidRPr="00A61586" w:rsidRDefault="000773BE" w:rsidP="00E92249">
+    <w:p w14:paraId="7CCD48CF" w14:textId="77777777" w:rsidR="000773BE" w:rsidRPr="00A61586" w:rsidRDefault="000773BE" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000773BE">
         <w:t>Hoyles</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000773BE">
         <w:t xml:space="preserve">, C. and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000773BE">
         <w:t>Noss</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000773BE">
         <w:t>, R., What can digital technologies take from and bring to research in mathematics education? in Bishop, A.J. et al. Second International Handbook of Mathematics Education, 2</w:t>
       </w:r>
@@ -2306,107 +2214,107 @@
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
       <w:r w:rsidRPr="000773BE">
         <w:t xml:space="preserve"> edition, D</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ordrecht, Kluwer Academic, 2003, </w:t>
       </w:r>
       <w:r w:rsidRPr="000773BE">
         <w:rPr>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">pp. 323-349.  </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="000773BE">
           <w:rPr>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.1007/978-94-010-0273-8_11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRPr="00A61586" w:rsidRDefault="0013686A" w:rsidP="00567B7F">
+    <w:p w14:paraId="6A6F271B" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00A61586" w:rsidRDefault="0013686A" w:rsidP="00567B7F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00870B94" w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>or conference articles</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRDefault="00870B94" w:rsidP="00AD250B">
+    <w:p w14:paraId="453C2507" w14:textId="77777777" w:rsidR="00870B94" w:rsidRDefault="00870B94" w:rsidP="00AD250B">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:t xml:space="preserve">[1] </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A61586">
         <w:t>Jeng</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A61586">
         <w:t xml:space="preserve">, J.-T., Chuang, C.-C. and Chuang, C.-T., Support vector regression based LTS-CPBUM neural networks, Proceedings of SICE Annual Conference (SICE), </w:t>
       </w:r>
       <w:r w:rsidR="007102A0" w:rsidRPr="00A61586">
         <w:t>2011.</w:t>
       </w:r>
       <w:r w:rsidR="007102A0">
         <w:t xml:space="preserve"> pp. 215-220.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD250B" w:rsidRPr="00A61586" w:rsidRDefault="00AD250B" w:rsidP="00E92249">
+    <w:p w14:paraId="2F655ECD" w14:textId="77777777" w:rsidR="00AD250B" w:rsidRPr="00A61586" w:rsidRDefault="00AD250B" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD250B">
         <w:t>Kobus,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD250B">
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:t>.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD250B">
         <w:t xml:space="preserve"> Guerrero, C.D., Labrador, M.A. and </w:t>
       </w:r>
       <w:r>
@@ -2424,126 +2332,126 @@
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD250B">
         <w:t>CSTEP: Transferring Computer Science Community College Students to Four-year Universities. ASEE Annual Conference and Exposition</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD250B">
         <w:t xml:space="preserve"> (ASEE 2009)</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD250B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Austin, TX., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD250B">
         <w:t>2009. http://soa.asee.org/paper/conference/paper-view.cfm?id=12459.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00392545" w:rsidRPr="00A61586" w:rsidRDefault="00392545" w:rsidP="00567B7F">
+    <w:p w14:paraId="5EF2AF78" w14:textId="77777777" w:rsidR="00392545" w:rsidRPr="00A61586" w:rsidRDefault="00392545" w:rsidP="00567B7F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD250B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Electronic</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> book:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00392545" w:rsidRPr="00567B7F" w:rsidRDefault="00392545" w:rsidP="00E92249">
+    <w:p w14:paraId="1F4275FF" w14:textId="77777777" w:rsidR="00392545" w:rsidRPr="00567B7F" w:rsidRDefault="00392545" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Pumarino</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> A. la propiedad intelectual en ambientes digitales educativos [en línea], Revisión sistemática, Santiago, hile, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>DoucUC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004 [consulta, 1/8 de octubre de 2005]. </w:t>
       </w:r>
       <w:r w:rsidRPr="00567B7F">
         <w:t>Available at:</w:t>
       </w:r>
       <w:r w:rsidR="00E92249">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00567B7F" w:rsidRPr="00567B7F">
           <w:t>http://www.uca.es/dept/psicologia/bvsss/csalud/memoria/pdf/tecnologia.htlm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00392545" w:rsidRPr="003A7469" w:rsidRDefault="00392545" w:rsidP="00567B7F">
+    <w:p w14:paraId="53B58496" w14:textId="77777777" w:rsidR="00392545" w:rsidRPr="003A7469" w:rsidRDefault="00392545" w:rsidP="00567B7F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A7469">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>For</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A7469">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A7469">
         <w:rPr>
@@ -2559,295 +2467,267 @@
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A7469">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>electronic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A7469">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A7469">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>book</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00392545" w:rsidRPr="003A7469" w:rsidRDefault="00392545" w:rsidP="00E92249">
+    <w:p w14:paraId="75AC5D3C" w14:textId="77777777" w:rsidR="00392545" w:rsidRPr="003A7469" w:rsidRDefault="00392545" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson S. Multimedia en internet [en línea], California, Agencia de Evaluación de Tecnologías multimedia, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>1998  [</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">date </w:t>
+        <w:t xml:space="preserve">date of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>of</w:t>
+        <w:t>reference</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> May 16 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>reference</w:t>
+        <w:t>th</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> May 16 </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> 1998], cap. 6, Formación y acreditación de modelos multimedia. </w:t>
+        <w:t xml:space="preserve"> of 1998], cap. 6, Formación y acreditación de modelos multimedia. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E92249">
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00E92249">
           <w:t>http://www.usu.edu./sanderso/multinet.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRPr="00A61586" w:rsidRDefault="0013686A" w:rsidP="00567B7F">
+    <w:p w14:paraId="7081B277" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00A61586" w:rsidRDefault="0013686A" w:rsidP="00567B7F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00870B94" w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00392545" w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Theses </w:t>
       </w:r>
       <w:r w:rsidR="00870B94" w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>and dissertations</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRPr="00A61586" w:rsidRDefault="00870B94" w:rsidP="00E92249">
+    <w:p w14:paraId="3AA8802F" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00A61586" w:rsidRDefault="00870B94" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:t>Kawasaki, N. Parametric study of thermal and chemica</w:t>
       </w:r>
       <w:r w:rsidR="000773BE">
         <w:t>l nonequilibrium nozzle flow, M</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="000773BE">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:t>. Thesis, Department of Electronic Engineering, Osaka University, Osaka, Japan, 1993.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRPr="00A61586" w:rsidRDefault="00870B94" w:rsidP="00E92249">
+    <w:p w14:paraId="6D4A55C6" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00A61586" w:rsidRDefault="00870B94" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:t>Williams,</w:t>
       </w:r>
       <w:r w:rsidR="000773BE">
         <w:t xml:space="preserve"> J. O. Narrow-band analyzer, Ph</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:t>D dissertation, Department of Electrical Engineering, Harvard University, Cambridge, MA, 1993.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRPr="00A61586" w:rsidRDefault="0013686A" w:rsidP="00567B7F">
+    <w:p w14:paraId="57C990CD" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00A61586" w:rsidRDefault="0013686A" w:rsidP="00567B7F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00870B94" w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00392545" w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Journals</w:t>
       </w:r>
       <w:r w:rsidR="00870B94" w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00870B94" w:rsidRPr="00E92249" w:rsidRDefault="00870B94" w:rsidP="00E92249">
+    <w:p w14:paraId="6AC4FCAF" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00E92249" w:rsidRDefault="00870B94" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:t>Ghiassi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92249">
         <w:t xml:space="preserve">, M., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:t>Saidane</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92249">
         <w:t>, H. and Zimbra, D. K. A dynamic artificial neural network for forecasting time series events. International Journal of Forecasting, 21 (2), pp. 341-362, 2005.</w:t>
       </w:r>
       <w:r w:rsidR="00FA7D61" w:rsidRPr="00E92249">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00FA7D61" w:rsidRPr="00E92249">
           <w:t>http://dx.doi.org/10.1016/j.ijforecast.2004.10.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003B6567" w:rsidRPr="00A61586" w:rsidRDefault="003B6567" w:rsidP="00567B7F">
+    <w:p w14:paraId="221EBB37" w14:textId="77777777" w:rsidR="003B6567" w:rsidRPr="00A61586" w:rsidRDefault="003B6567" w:rsidP="00567B7F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidRPr="004020BD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Electronic</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Journal</w:t>
       </w:r>
       <w:r w:rsidR="004020BD">
         <w:rPr>
@@ -2858,51 +2738,51 @@
       <w:r w:rsidR="00E92249" w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>without</w:t>
       </w:r>
       <w:r w:rsidR="00E92249">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004020BD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>DOI</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B6567" w:rsidRDefault="003B6567" w:rsidP="00E92249">
+    <w:p w14:paraId="1000E75A" w14:textId="77777777" w:rsidR="003B6567" w:rsidRDefault="003B6567" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Sánchez, A. and Delgado, L., Estado oclusal y rendimiento masticatorio. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:t xml:space="preserve">Acta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A61586">
         <w:t>Odontológica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A61586">
         <w:t xml:space="preserve"> </w:t>
@@ -2911,156 +2791,156 @@
       <w:r w:rsidRPr="00A61586">
         <w:t>Venezolana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A61586">
         <w:t xml:space="preserve"> [Online]. 44(2), 2006. [date of reference July 25</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92249">
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:t xml:space="preserve"> of 2007]. Available </w:t>
       </w:r>
       <w:r w:rsidR="00392545" w:rsidRPr="00A61586">
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00A61586">
           <w:t>http://www.actaodontologica.com/44_2_2006/estado_oclusal_rendimiento_masticatorio.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00E92249" w:rsidRPr="00A61586" w:rsidRDefault="00E92249" w:rsidP="00E92249">
+    <w:p w14:paraId="0DB82E48" w14:textId="77777777" w:rsidR="00E92249" w:rsidRPr="00A61586" w:rsidRDefault="00E92249" w:rsidP="00E92249">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidRPr="004020BD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Electronic</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> with DOI</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD250B" w:rsidRDefault="004020BD" w:rsidP="00E92249">
+    <w:p w14:paraId="6DD437AD" w14:textId="77777777" w:rsidR="00AD250B" w:rsidRDefault="004020BD" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="004020BD">
         <w:t xml:space="preserve">Gonçalves, M., Fox, E., &amp; Watson, L. Towards a digital library theory: a </w:t>
       </w:r>
       <w:r>
         <w:t>formal digital library ontology,</w:t>
       </w:r>
       <w:r w:rsidRPr="004020BD">
         <w:t xml:space="preserve"> International Journal on Digital Libraries</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004020BD">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004020BD">
         <w:t xml:space="preserve">(2), </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">pp. 91-114, </w:t>
       </w:r>
       <w:r w:rsidRPr="004020BD">
         <w:t>2008.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="004020BD">
           <w:t>http://doi:10.1007/s00799-008-0033-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00392545" w:rsidRPr="004020BD" w:rsidRDefault="00392545" w:rsidP="00567B7F">
+    <w:p w14:paraId="0168D88B" w14:textId="77777777" w:rsidR="00392545" w:rsidRPr="004020BD" w:rsidRDefault="00392545" w:rsidP="00567B7F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004020BD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>For Report:</w:t>
       </w:r>
       <w:r w:rsidR="000773BE" w:rsidRPr="004020BD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B6567" w:rsidRPr="00E92249" w:rsidRDefault="000773BE" w:rsidP="00E92249">
+    <w:p w14:paraId="2E48072B" w14:textId="77777777" w:rsidR="003B6567" w:rsidRPr="00E92249" w:rsidRDefault="000773BE" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>García–</w:t>
       </w:r>
       <w:r w:rsidR="00392545" w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Guadarrama J.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92249">
@@ -3090,533 +2970,315 @@
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Posgrados </w:t>
       </w:r>
       <w:r w:rsidR="00392545" w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">de la Facultad de Ingeniería, UNAM, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">México, </w:t>
       </w:r>
       <w:r w:rsidR="00392545" w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>2007, 89 P.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B6567" w:rsidRPr="00392545" w:rsidRDefault="003B6567" w:rsidP="003B6567">
+    <w:p w14:paraId="1C47B8B8" w14:textId="77777777" w:rsidR="003B6567" w:rsidRPr="00392545" w:rsidRDefault="003B6567" w:rsidP="003B6567">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FD759E" w:rsidRPr="00E92249" w:rsidRDefault="00FD759E" w:rsidP="00FD759E">
+    <w:p w14:paraId="06861D63" w14:textId="77777777" w:rsidR="00FD759E" w:rsidRPr="00E92249" w:rsidRDefault="00FD759E" w:rsidP="00FD759E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="432" w:hanging="432"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00CE0D1B" w:rsidRPr="00E92249" w:rsidRDefault="00CE0D1B" w:rsidP="00CE0D1B">
+    <w:p w14:paraId="62221313" w14:textId="77777777" w:rsidR="00CE0D1B" w:rsidRPr="00E92249" w:rsidRDefault="00CE0D1B" w:rsidP="00CE0D1B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FD759E" w:rsidRDefault="00CE0D1B" w:rsidP="00E92249">
+    <w:p w14:paraId="5042B99F" w14:textId="77777777" w:rsidR="00FD759E" w:rsidRDefault="00CE0D1B" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:t>Velásquez-Henao</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92249">
         <w:t xml:space="preserve">, J. D. and Branch-Bedoya, J. W. Examples in the classroom: pattern classification using the </w:t>
       </w:r>
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE0D1B">
         <w:t xml:space="preserve"> language</w:t>
       </w:r>
       <w:r w:rsidR="00234EE5">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00234EE5" w:rsidRPr="00234EE5">
         <w:t>DYNA</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 79 </w:t>
       </w:r>
       <w:r w:rsidR="001751E2">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>173</w:t>
       </w:r>
       <w:r w:rsidR="001751E2">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>, pp. 81-88, 2012.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00276969" w:rsidRPr="00276969" w:rsidRDefault="00276969" w:rsidP="00E92249">
+    <w:p w14:paraId="2AD7F8B5" w14:textId="77777777" w:rsidR="00276969" w:rsidRPr="00276969" w:rsidRDefault="00276969" w:rsidP="00E92249">
       <w:pPr>
         <w:pStyle w:val="ADYNABibliografia"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Velásquez-Henao</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>, J. D., Rueda-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, V. M. and Franco-Cardona, J. D. </w:t>
+        <w:t xml:space="preserve">, J. D., Rueda-Mejía, V. M. and Franco-Cardona, J. D. </w:t>
       </w:r>
       <w:r w:rsidRPr="00276969">
         <w:t xml:space="preserve">Electricity demand forecasting using a </w:t>
       </w:r>
       <w:r>
         <w:t>SARIMA</w:t>
       </w:r>
       <w:r w:rsidRPr="00276969">
         <w:t>- multiplicative single neuron hybrid model</w:t>
       </w:r>
       <w:r w:rsidR="00234EE5">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001751E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00234EE5" w:rsidRPr="00234EE5">
         <w:t>DYNA</w:t>
       </w:r>
       <w:r w:rsidR="00234EE5">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="001751E2">
         <w:t>80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001751E2">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>180</w:t>
       </w:r>
       <w:r w:rsidR="001751E2">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, pp. </w:t>
       </w:r>
       <w:r w:rsidR="004D09D2">
         <w:t>4-8, 2013.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062155B" w:rsidRDefault="0062155B" w:rsidP="007C5FBB">
+    <w:p w14:paraId="3A6CF977" w14:textId="77777777" w:rsidR="0062155B" w:rsidRDefault="0062155B" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNACVAutores"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B17492" w:rsidRDefault="00FD759E" w:rsidP="007C5FBB">
+    <w:p w14:paraId="02CA2D45" w14:textId="4D378A78" w:rsidR="00E34877" w:rsidRPr="00267004" w:rsidRDefault="00E34877" w:rsidP="00E34877">
       <w:pPr>
         <w:pStyle w:val="ADYNACVAutores"/>
       </w:pPr>
-      <w:r w:rsidRPr="00FD759E">
+      <w:r w:rsidRPr="00E34877">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>J</w:t>
+        <w:t xml:space="preserve">N. Rojas-Reyes: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E34877">
+        <w:t xml:space="preserve">is a BSc. Eng. in Metallurgical Engineering from the Universidad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E34877">
+        <w:t>Pedagógica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E34877">
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E34877">
+        <w:t>Tecnológica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E34877">
+        <w:t xml:space="preserve"> de Colombia. </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:t>He earned his MSc. in</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Engineering Sciences, with a specialization in Extractive Metallurgy, from the Universidad de Concepción, Chile, and completed his DSc. In Engineering Sciences with a</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>focus on Materials Science at the Universidad Nacional de Colombia. He is</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>currently a Full Professor at the Universidad Nacional de Colombia, Medellín campus, and is a researcher at the CIMEX Mineral Institute. His research interests encompass the characterization of minerals, the hydrometallurgy of precious metals, the recovery of metals from waste materials, and the rheology</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>of mineral suspensions.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>ORCID:</w:t>
+      </w:r>
+      <w:r>
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD759E">
-[...55 lines deleted...]
-    <w:p w:rsidR="009136B9" w:rsidRDefault="00A61586" w:rsidP="007C5FBB">
+    </w:p>
+    <w:p w14:paraId="2A587248" w14:textId="77777777" w:rsidR="00372740" w:rsidRPr="00FD759E" w:rsidRDefault="00372740" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNACVAutores"/>
       </w:pPr>
-      <w:r>
-[...197 lines deleted...]
-    <w:p w:rsidR="000773BE" w:rsidRPr="00B21FAD" w:rsidRDefault="000773BE" w:rsidP="00EF42AD">
+    </w:p>
+    <w:p w14:paraId="31148ACA" w14:textId="77777777" w:rsidR="000773BE" w:rsidRPr="00B21FAD" w:rsidRDefault="000773BE" w:rsidP="00EF42AD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000773BE" w:rsidRPr="00B21FAD" w:rsidSect="001032E0">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
       <w:pgMar w:top="958" w:right="958" w:bottom="958" w:left="958" w:header="709" w:footer="709" w:gutter="397"/>
       <w:cols w:num="2" w:space="227"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00513590" w:rsidRDefault="00513590" w:rsidP="0099410F">
+    <w:p w14:paraId="6B2CAC08" w14:textId="77777777" w:rsidR="0001375A" w:rsidRDefault="0001375A" w:rsidP="0099410F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00513590" w:rsidRDefault="00513590" w:rsidP="0099410F">
+    <w:p w14:paraId="0033B2FD" w14:textId="77777777" w:rsidR="0001375A" w:rsidRDefault="0001375A" w:rsidP="0099410F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3657,89 +3319,89 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00870B94" w:rsidRDefault="00530880" w:rsidP="00372740">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2481CDB4" w14:textId="77777777" w:rsidR="00870B94" w:rsidRDefault="00530880" w:rsidP="00372740">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00870B94">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00870B94" w:rsidRDefault="00870B94">
+  <w:p w14:paraId="22BD402B" w14:textId="77777777" w:rsidR="00870B94" w:rsidRDefault="00870B94">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00870B94" w:rsidRPr="00BB7DA2" w:rsidRDefault="00530880" w:rsidP="00832F4D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0A795DCE" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00BB7DA2" w:rsidRDefault="00530880" w:rsidP="00832F4D">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:spacing w:before="200"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BB7DA2">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00870B94" w:rsidRPr="00832F4D">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
@@ -3748,71 +3410,71 @@
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00183848">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00BB7DA2">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00870B94" w:rsidRPr="00372740" w:rsidRDefault="00870B94" w:rsidP="00832F4D">
+  <w:p w14:paraId="6D10601B" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00372740" w:rsidRDefault="00870B94" w:rsidP="00832F4D">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="5103"/>
       </w:tabs>
       <w:spacing w:before="200"/>
       <w:rPr>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00EB3FA8" w:rsidRPr="001840D2" w:rsidRDefault="00EB3FA8" w:rsidP="00EB3FA8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4E92A51B" w14:textId="77777777" w:rsidR="00EB3FA8" w:rsidRPr="001840D2" w:rsidRDefault="00EB3FA8" w:rsidP="00EB3FA8">
     <w:pPr>
       <w:pStyle w:val="TituloArticulo"/>
       <w:spacing w:before="200"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="es-CO"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001840D2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="es-CO"/>
       </w:rPr>
       <w:t xml:space="preserve">© </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="001840D2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="es-CO"/>
       </w:rPr>
       <w:t>The</w:t>
@@ -3854,100 +3516,100 @@
       <w:t>licensee</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="001840D2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="es-CO"/>
       </w:rPr>
       <w:t xml:space="preserve"> Universidad Nacional de Colombia.</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="es-CO"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A120473" wp14:editId="30418F50">
           <wp:extent cx="417600" cy="147600"/>
           <wp:effectExtent l="0" t="0" r="1905" b="5080"/>
           <wp:docPr id="1" name="Imagen 1" descr="Creative Commons License"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Creative Commons License"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="417600" cy="147600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="003A7469" w:rsidRPr="00EB3FA8" w:rsidRDefault="00EB3FA8" w:rsidP="00EB3FA8">
+  <w:p w14:paraId="6AD4E302" w14:textId="77777777" w:rsidR="003A7469" w:rsidRPr="00EB3FA8" w:rsidRDefault="00EB3FA8" w:rsidP="00EB3FA8">
     <w:pPr>
       <w:pStyle w:val="TituloArticulo"/>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B81DA2">
       <w:rPr>
         <w:rFonts w:ascii="Imprint MT Shadow" w:hAnsi="Imprint MT Shadow"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>DYNA</w:t>
     </w:r>
     <w:r w:rsidRPr="00B81DA2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> 81 (184),</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -3979,71 +3641,71 @@
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidRPr="00B81DA2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="003A7469">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Medellín. ISSN 0012-7353 Printed, ISSN 2346-2183 Online</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00513590" w:rsidRDefault="00513590" w:rsidP="0099410F">
+    <w:p w14:paraId="436179B6" w14:textId="77777777" w:rsidR="0001375A" w:rsidRDefault="0001375A" w:rsidP="0099410F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00513590" w:rsidRDefault="00513590" w:rsidP="0099410F">
+    <w:p w14:paraId="14DF4E4A" w14:textId="77777777" w:rsidR="0001375A" w:rsidRDefault="0001375A" w:rsidP="0099410F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00870B94" w:rsidRPr="00EB3FA8" w:rsidRDefault="008E0E66" w:rsidP="00EB3FA8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="36D9C36F" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00EB3FA8" w:rsidRDefault="008E0E66" w:rsidP="00EB3FA8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="5103"/>
       </w:tabs>
       <w:spacing w:after="280"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="es-CO"/>
       </w:rPr>
       <w:t>Velásquez-Henao &amp; Rada-Tobó</w:t>
     </w:r>
     <w:r w:rsidR="00870B94" w:rsidRPr="006903C4">
       <w:rPr>
         <w:sz w:val="16"/>
@@ -4071,223 +3733,223 @@
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1-2</w:t>
     </w:r>
     <w:r w:rsidR="00EB3FA8" w:rsidRPr="00731237">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">. </w:t>
     </w:r>
     <w:r w:rsidR="00EB3FA8" w:rsidRPr="00CB352A">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>April, 2014.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3750"/>
-      <w:gridCol w:w="6395"/>
+      <w:gridCol w:w="3720"/>
+      <w:gridCol w:w="6209"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002D514B" w:rsidRPr="00FA7D61" w:rsidTr="004F7AA0">
+    <w:tr w:rsidR="002D514B" w:rsidRPr="00E34877" w14:paraId="5918987C" w14:textId="77777777" w:rsidTr="004F7AA0">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3794" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00870B94" w:rsidRPr="005917DE" w:rsidRDefault="00DC2FA9" w:rsidP="000F3EB5">
+        <w:p w14:paraId="4D60C7D7" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="005917DE" w:rsidRDefault="00DC2FA9" w:rsidP="000F3EB5">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4252"/>
               <w:tab w:val="clear" w:pos="8504"/>
               <w:tab w:val="center" w:pos="5103"/>
               <w:tab w:val="right" w:pos="10348"/>
             </w:tabs>
             <w:spacing w:after="80"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:noProof/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="070BAE2C" wp14:editId="66258FFF">
                 <wp:extent cx="1850400" cy="878400"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Imagen 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2" name="Escudo un.emf"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1850400" cy="878400"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6662" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00870B94" w:rsidRPr="003A7469" w:rsidRDefault="00870B94" w:rsidP="003B6567">
+        <w:p w14:paraId="14DF50E2" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="003A7469" w:rsidRDefault="00870B94" w:rsidP="003B6567">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4252"/>
               <w:tab w:val="clear" w:pos="8504"/>
               <w:tab w:val="center" w:pos="5103"/>
               <w:tab w:val="right" w:pos="10348"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Imprint MT Shadow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Imprint MT Shadow"/>
               <w:noProof/>
               <w:sz w:val="76"/>
               <w:szCs w:val="76"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003A7469">
             <w:rPr>
               <w:rFonts w:ascii="Imprint MT Shadow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Imprint MT Shadow"/>
               <w:noProof/>
               <w:sz w:val="76"/>
               <w:szCs w:val="76"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>DYNA</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00E10CE5" w:rsidRPr="003A7469" w:rsidRDefault="00E10CE5" w:rsidP="003B6567">
+        <w:p w14:paraId="562EB668" w14:textId="77777777" w:rsidR="00E10CE5" w:rsidRPr="003A7469" w:rsidRDefault="00E10CE5" w:rsidP="003B6567">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4252"/>
               <w:tab w:val="clear" w:pos="8504"/>
               <w:tab w:val="center" w:pos="5103"/>
               <w:tab w:val="right" w:pos="10348"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="76"/>
               <w:szCs w:val="76"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003A7469">
             <w:rPr>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>http://dyna.medellin.unal.edu.co/</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00870B94" w:rsidRPr="003A7469" w:rsidRDefault="00870B94" w:rsidP="005917DE">
+  <w:p w14:paraId="1F9EABAF" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="003A7469" w:rsidRDefault="00870B94" w:rsidP="005917DE">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8222"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="116F798A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0C0B662"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5499,78 +5161,79 @@
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="196"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009404B2"/>
+    <w:rsid w:val="0001375A"/>
     <w:rsid w:val="00034271"/>
     <w:rsid w:val="00046B5E"/>
     <w:rsid w:val="00051BA8"/>
     <w:rsid w:val="000532CF"/>
     <w:rsid w:val="00067316"/>
     <w:rsid w:val="000773BE"/>
     <w:rsid w:val="000A651C"/>
     <w:rsid w:val="000B4D09"/>
     <w:rsid w:val="000E43FD"/>
     <w:rsid w:val="000F3EB5"/>
     <w:rsid w:val="000F40F9"/>
     <w:rsid w:val="001032E0"/>
     <w:rsid w:val="001232D8"/>
     <w:rsid w:val="0013686A"/>
     <w:rsid w:val="001607F4"/>
     <w:rsid w:val="00167DAF"/>
     <w:rsid w:val="001751E2"/>
     <w:rsid w:val="00183848"/>
     <w:rsid w:val="001840D2"/>
     <w:rsid w:val="00190D9E"/>
     <w:rsid w:val="001A4669"/>
     <w:rsid w:val="001B317C"/>
     <w:rsid w:val="001C21F1"/>
     <w:rsid w:val="001C633D"/>
     <w:rsid w:val="00231EC9"/>
@@ -5694,111 +5357,113 @@
     <w:rsid w:val="00BC419B"/>
     <w:rsid w:val="00BD18E1"/>
     <w:rsid w:val="00BE0CCE"/>
     <w:rsid w:val="00C3475F"/>
     <w:rsid w:val="00C614E8"/>
     <w:rsid w:val="00C62630"/>
     <w:rsid w:val="00C627DC"/>
     <w:rsid w:val="00C63C47"/>
     <w:rsid w:val="00CA2938"/>
     <w:rsid w:val="00CB0142"/>
     <w:rsid w:val="00CB0CC9"/>
     <w:rsid w:val="00CB1D3C"/>
     <w:rsid w:val="00CC791A"/>
     <w:rsid w:val="00CD6899"/>
     <w:rsid w:val="00CE0D1B"/>
     <w:rsid w:val="00D063A4"/>
     <w:rsid w:val="00D2708D"/>
     <w:rsid w:val="00D270A5"/>
     <w:rsid w:val="00D47030"/>
     <w:rsid w:val="00DA7D2E"/>
     <w:rsid w:val="00DC2FA9"/>
     <w:rsid w:val="00DC40AB"/>
     <w:rsid w:val="00DD28F7"/>
     <w:rsid w:val="00E10CE5"/>
     <w:rsid w:val="00E13CBE"/>
+    <w:rsid w:val="00E34877"/>
     <w:rsid w:val="00E82B0B"/>
     <w:rsid w:val="00E92249"/>
     <w:rsid w:val="00E929E3"/>
     <w:rsid w:val="00EB3FA8"/>
     <w:rsid w:val="00EF42AD"/>
     <w:rsid w:val="00F45896"/>
     <w:rsid w:val="00F45A05"/>
     <w:rsid w:val="00F7717D"/>
     <w:rsid w:val="00F822F1"/>
     <w:rsid w:val="00FA5AEB"/>
     <w:rsid w:val="00FA7D61"/>
     <w:rsid w:val="00FD0C5F"/>
     <w:rsid w:val="00FD759E"/>
     <w:rsid w:val="00FE0D0C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1BACAF9F"/>
   <w15:docId w15:val="{04218D8F-8375-4572-90CD-50C413B5CBD4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5860,101 +5525,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
     <w:lsdException w:name="Quote" w:uiPriority="29"/>
@@ -6130,50 +5792,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="007C5FBB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="ADYNA_Título 01"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00455605"/>
     <w:pPr>
@@ -7051,51 +6714,51 @@
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="libx-autolink">
     <w:name w:val="libx-autolink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="004020BD"/>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004020BD"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="256868290">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1406224876">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7449,67 +7112,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97BE766D-C45D-401F-90B0-DD9CBAFB0B2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>7883</Characters>
+  <Pages>2</Pages>
+  <Words>1326</Words>
+  <Characters>7293</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>RevolucionUnattended</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9298</CharactersWithSpaces>
+  <CharactersWithSpaces>8602</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amilkar Alvarez</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>