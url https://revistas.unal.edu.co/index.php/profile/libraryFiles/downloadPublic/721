--- v0 (2025-12-24)
+++ v1 (2026-01-22)
@@ -18,50 +18,51 @@
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="33E0BFDA" w14:textId="744A8786" w:rsidR="00F5162D" w:rsidRPr="00C26D71" w:rsidRDefault="004C5EC5" w:rsidP="004C5EC5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219448972"/>
       <w:r w:rsidRPr="00C26D71">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Submission Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56410519" w14:textId="032083AD" w:rsidR="004C5EC5" w:rsidRPr="00C26D71" w:rsidRDefault="00000000" w:rsidP="00CE1237">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-577444077"/>
           <w:lock w:val="sdtLocked"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="221A" w14:font="Times New Roman"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -118,51 +119,51 @@
       <w:r w:rsidR="00611373">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00611373" w:rsidRPr="00611373">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">qualitative </w:t>
       </w:r>
       <w:r w:rsidR="00611373">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>strand</w:t>
       </w:r>
       <w:r w:rsidR="00611373" w:rsidRPr="00611373">
         <w:t xml:space="preserve"> (not purely quantitative)</w:t>
       </w:r>
       <w:r w:rsidR="006214B4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E75B62" w14:textId="7C68393A" w:rsidR="004C5EC5" w:rsidRPr="00C26D71" w:rsidRDefault="00000000" w:rsidP="00CE1237">
+    <w:p w14:paraId="20E75B62" w14:textId="7C68393A" w:rsidR="004C5EC5" w:rsidRDefault="00000000" w:rsidP="00CE1237">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2020528543"/>
           <w:lock w:val="sdtLocked"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="221A" w14:font="Times New Roman"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00100F95">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
@@ -192,51 +193,103 @@
       <w:r w:rsidR="00CB480E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (English + Spanish)</w:t>
       </w:r>
       <w:r w:rsidR="004C5EC5" w:rsidRPr="00E15587">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>, keywords</w:t>
       </w:r>
       <w:r w:rsidR="00CB480E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (English + Spanish)</w:t>
       </w:r>
       <w:r w:rsidR="004C5EC5" w:rsidRPr="00E15587">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>, footnotes, list of references, appendices, authors’ biodata, and acknowledgments</w:t>
       </w:r>
       <w:r w:rsidR="004C5EC5" w:rsidRPr="00C26D71">
-        <w:t xml:space="preserve"> (the last two should not appear in the manuscript. They should be registered in this form. Acknowledgments are optional.)</w:t>
+        <w:t xml:space="preserve"> (the last two should not appear in the manuscript. They should be registered </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004C5EC5" w:rsidRPr="00C26D71">
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004C5EC5" w:rsidRPr="00C26D71">
+        <w:t xml:space="preserve"> this form. Acknowledgments are optional.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF07669" w14:textId="7972061C" w:rsidR="0099364C" w:rsidRPr="00C26D71" w:rsidRDefault="0099364C" w:rsidP="00CE1237">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="420" w:hanging="420"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0099364C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099364C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0099364C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Authorship limit:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099364C">
+        <w:t xml:space="preserve">The manuscript is </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">authored by a maximum of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099364C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>four (4) authors</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20581631" w14:textId="09F544AB" w:rsidR="00970B8C" w:rsidRPr="00CB480E" w:rsidRDefault="00CB480E" w:rsidP="004B432E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
         <w:ind w:left="567" w:right="616"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB480E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Important: </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB480E">
         <w:t>the fields with an asterisk (</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB480E">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB480E">
@@ -468,56 +521,74 @@
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00056B97" w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="79C1252E" w14:textId="01BC3D6A" w:rsidR="00FF3BEC" w:rsidRDefault="00FF3BEC" w:rsidP="00FF3BEC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF3BEC">
         <w:t>-----------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8AD154" w14:textId="60636B97" w:rsidR="004C5EC5" w:rsidRPr="00C26D71" w:rsidRDefault="004C5EC5" w:rsidP="004C5EC5">
-[...4 lines deleted...]
-        <w:t>For two or more authors, please write in the order in which you want the authors to be cited.</w:t>
+    <w:p w14:paraId="6F8AD154" w14:textId="4B51212E" w:rsidR="004C5EC5" w:rsidRPr="00C26D71" w:rsidRDefault="004C5EC5" w:rsidP="004C5EC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t xml:space="preserve">For two or more authors, please </w:t>
+      </w:r>
+      <w:r w:rsidR="0099364C">
+        <w:t>fill in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099364C">
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t xml:space="preserve"> the order in which you want the authors to be cited</w:t>
+      </w:r>
+      <w:r w:rsidR="0099364C">
+        <w:t xml:space="preserve"> (authorship order)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B8A52A" w14:textId="08D84B82" w:rsidR="004C5EC5" w:rsidRPr="00FF3BEC" w:rsidRDefault="004C5EC5" w:rsidP="004C5EC5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF3BEC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Author 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD56C20" w14:textId="68934358" w:rsidR="004C5EC5" w:rsidRPr="00C26D71" w:rsidRDefault="00D97D0D" w:rsidP="00696B9E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -748,50 +819,51 @@
           <w:placeholder>
             <w:docPart w:val="2E2F5482C4374B699EB451D1404A2D3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00E15587" w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="20FCF536" w14:textId="61CCB1F1" w:rsidR="00D97D0D" w:rsidRPr="00C26D71" w:rsidRDefault="00D97D0D" w:rsidP="00696B9E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C26D71">
+        <w:lastRenderedPageBreak/>
         <w:t>Institutional email</w:t>
       </w:r>
       <w:r w:rsidR="00056023" w:rsidRPr="00696B9E">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C316A0" w:rsidRPr="00CB480E">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidR="00E15587">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -847,53 +919,57 @@
           <w:placeholder>
             <w:docPart w:val="7D464CC98257466488F71F3686CF9773"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00E15587" w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3797C9A0" w14:textId="69840676" w:rsidR="00D97D0D" w:rsidRPr="00C26D71" w:rsidRDefault="00D97D0D" w:rsidP="00696B9E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C26D71">
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>iD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00056023" w:rsidRPr="00696B9E">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00E15587">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1948536540"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="5F7D3347F6DF4140AD50DD82716AD54B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
@@ -1288,52 +1364,57 @@
           <w:placeholder>
             <w:docPart w:val="2BA45C15DDF9447289E1C76AA0404130"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="43447B82" w14:textId="77777777" w:rsidR="00056023" w:rsidRPr="00C26D71" w:rsidRDefault="00056023" w:rsidP="00696B9E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C26D71">
-        <w:t>ORCID iD</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>iD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00696B9E">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1548420277"/>
           <w:placeholder>
             <w:docPart w:val="891843C09FC14CF98B14945AA6B1A736"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
@@ -1720,52 +1801,57 @@
           <w:placeholder>
             <w:docPart w:val="14C37016CE6340ABB608CAEB911D93AE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0117D922" w14:textId="77777777" w:rsidR="00056023" w:rsidRPr="00C26D71" w:rsidRDefault="00056023" w:rsidP="00696B9E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C26D71">
-        <w:t>ORCID iD</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>iD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00696B9E">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="943957899"/>
           <w:placeholder>
             <w:docPart w:val="0B7D700AC54147F5B38368970ED5F17F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
@@ -1802,51 +1888,496 @@
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-521474749"/>
           <w:placeholder>
             <w:docPart w:val="23F923E8E8D443ADB472AEBDE46DD8D6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="28DB49D4" w14:textId="2D10E668" w:rsidR="00D97D0D" w:rsidRPr="00C26D71" w:rsidRDefault="00D97D0D" w:rsidP="00D97D0D">
+    <w:p w14:paraId="755C60CC" w14:textId="405555A1" w:rsidR="0099364C" w:rsidRPr="00056023" w:rsidRDefault="0099364C" w:rsidP="0099364C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00056023">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Author </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73FA6EDD" w14:textId="77777777" w:rsidR="0099364C" w:rsidRPr="00C26D71" w:rsidRDefault="0099364C" w:rsidP="0099364C">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>Pen name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696B9E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="-485710486"/>
+          <w:placeholder>
+            <w:docPart w:val="AECBBF7FCE514D48B270E7E74E01CC7F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="697BFEC2" w14:textId="77777777" w:rsidR="0099364C" w:rsidRPr="00C26D71" w:rsidRDefault="0099364C" w:rsidP="0099364C">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>Citation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696B9E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>e.g., Smith, A. B.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="636310423"/>
+          <w:placeholder>
+            <w:docPart w:val="F4AA450E004849909740076136A6ABD1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="54E936A9" w14:textId="77777777" w:rsidR="0099364C" w:rsidRDefault="0099364C" w:rsidP="0099364C">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>Institution or affiliation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696B9E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="395940616"/>
+          <w:placeholder>
+            <w:docPart w:val="91901B5B60A14F03A702F7C9BEF142E8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00C26D71">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E2D79A" w14:textId="77777777" w:rsidR="0099364C" w:rsidRPr="00C26D71" w:rsidRDefault="0099364C" w:rsidP="0099364C">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>ity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696B9E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="80964323"/>
+          <w:placeholder>
+            <w:docPart w:val="400F995F0D3D44309CA213F6DA3ADB5D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>ountry</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696B9E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="-804785315"/>
+          <w:placeholder>
+            <w:docPart w:val="8EFD213447C74903A8F6725F32F1C78F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4675D921" w14:textId="77777777" w:rsidR="0099364C" w:rsidRPr="00C26D71" w:rsidRDefault="0099364C" w:rsidP="0099364C">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>Institutional email</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696B9E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="-1486932265"/>
+          <w:placeholder>
+            <w:docPart w:val="9A30D458874B4714894AE7B484C90305"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3217AAF2" w14:textId="77777777" w:rsidR="0099364C" w:rsidRPr="00C26D71" w:rsidRDefault="0099364C" w:rsidP="0099364C">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>Contact email</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>leave blank if it is the same as the institutional email</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="681088865"/>
+          <w:placeholder>
+            <w:docPart w:val="EAEA8C5AFEDA4E54A86822ECC9534CA4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="5105C53A" w14:textId="77777777" w:rsidR="0099364C" w:rsidRPr="00C26D71" w:rsidRDefault="0099364C" w:rsidP="0099364C">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26D71">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>iD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00696B9E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="-1155148319"/>
+          <w:placeholder>
+            <w:docPart w:val="51FBDFF810784BCA95526A95711B841B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="656C2E91" w14:textId="77777777" w:rsidR="0099364C" w:rsidRPr="00C26D71" w:rsidRDefault="0099364C" w:rsidP="0099364C">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t>Academic biographical statement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696B9E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D71">
+        <w:t xml:space="preserve"> (no more than 50 words)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="-2079507891"/>
+          <w:placeholder>
+            <w:docPart w:val="697E8133E44A4DA7A5EA3716D580A6C5"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="28DB49D4" w14:textId="1C8D2441" w:rsidR="00D97D0D" w:rsidRPr="00C26D71" w:rsidRDefault="00D97D0D" w:rsidP="00D97D0D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00056023">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Corresponding author</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00E15587">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t xml:space="preserve">or two or more authors. The corresponding author will receive all notifications about the manuscript and will be </w:t>
       </w:r>
       <w:r w:rsidR="00E15587">
         <w:t>responsible for</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t xml:space="preserve"> sharing them with the co-authors. Leave blank if you wish all authors to receive notifications)</w:t>
       </w:r>
@@ -1986,51 +2517,50 @@
           <w:id w:val="-456339913"/>
           <w:placeholder>
             <w:docPart w:val="B25651817D49422B853B9087B0F9BC2B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00E15587" w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7173222C" w14:textId="3E9E1AFA" w:rsidR="00D97D0D" w:rsidRPr="00C26D71" w:rsidRDefault="00D97D0D" w:rsidP="00D97D0D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00056023">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Journal section</w:t>
       </w:r>
       <w:r w:rsidR="00E15587" w:rsidRPr="00056023">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t xml:space="preserve"> This manuscript should be considered for the following journal section (choose </w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68F2E61F" w14:textId="1D89590A" w:rsidR="00D97D0D" w:rsidRPr="00C26D71" w:rsidRDefault="00000000" w:rsidP="00E15587">
       <w:pPr>
@@ -2117,57 +2647,73 @@
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00E15587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Issues from Novice Teacher Researchers</w:t>
       </w:r>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
         <w:t xml:space="preserve">: This section contains manuscripts </w:t>
       </w:r>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>exclusively</w:t>
       </w:r>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
-        <w:t xml:space="preserve"> based on research conducted by new teachers as part of the monographs undertaken to get their BEd or BA degrees or for the theses to obtain a master’s degree. </w:t>
+        <w:t xml:space="preserve"> based on research conducted by new teachers as part of the monographs undertaken to get their </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
+        <w:t>BEd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
+        <w:t xml:space="preserve"> or BA degrees or for the theses to obtain a master’s degree. </w:t>
       </w:r>
       <w:r w:rsidR="00782323">
         <w:t>These manuscripts may include t</w:t>
       </w:r>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
-        <w:t>he tutor of the monograph or thesis as a co-author if his/her contribution in the composition of the manuscript has been significant. In this case, the main author is the one who obtained the BEd, BA, or MA degree.</w:t>
+        <w:t xml:space="preserve">he tutor of the monograph or thesis as a co-author if his/her contribution in the composition of the manuscript has been significant. In this case, the main author is the one who obtained the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
+        <w:t>BEd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
+        <w:t>, BA, or MA degree.</w:t>
       </w:r>
       <w:r w:rsidR="00DA3678" w:rsidRPr="00C26D71">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
         <w:t>Disclose this information in the “</w:t>
       </w:r>
       <w:r w:rsidR="00DA3678" w:rsidRPr="00C26D71">
         <w:t>Papers based on thesis</w:t>
       </w:r>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
         <w:t>” section below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D6229D3" w14:textId="52A5F049" w:rsidR="00D97D0D" w:rsidRDefault="00000000" w:rsidP="00E15587">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -2185,51 +2731,59 @@
           <w:r w:rsidR="00100F95">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00E15587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Issues Based on Reflections and Innovations</w:t>
       </w:r>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
         <w:t>: This section gathers reflections about a specific topic with analytical, interpretative</w:t>
       </w:r>
       <w:r w:rsidR="00DA3678" w:rsidRPr="00C26D71">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
-        <w:t xml:space="preserve"> or critical perspectives, which are supported by different sources. Innovations include the justification, description, explanation</w:t>
+        <w:t xml:space="preserve"> or critical perspectives, which are supported by different sources. Innovations include </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
+        <w:t>the justification</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
+        <w:t>, description, explanation</w:t>
       </w:r>
       <w:r w:rsidR="00DA3678" w:rsidRPr="00C26D71">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D97D0D" w:rsidRPr="00C26D71">
         <w:t xml:space="preserve"> and samples of pedagogical interventions in specific teaching fields.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC90BF2" w14:textId="11DC21DA" w:rsidR="00056023" w:rsidRPr="00C26D71" w:rsidRDefault="00056023" w:rsidP="00056023">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF3BEC">
         <w:t>-----------------------------------------------</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A76D11" w14:textId="1E422975" w:rsidR="00DA3678" w:rsidRPr="00C26D71" w:rsidRDefault="00DA3678" w:rsidP="00D97D0D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00056023">
@@ -2471,50 +3025,51 @@
             <w:docPart w:val="57B439DFCB8B459DADFED980564F22A5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00A30254" w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="618E4ABC" w14:textId="7D2ADFD6" w:rsidR="00DA3678" w:rsidRPr="00C26D71" w:rsidRDefault="00DA3678" w:rsidP="00F274EC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C26D71">
+        <w:lastRenderedPageBreak/>
         <w:t>University:</w:t>
       </w:r>
       <w:r w:rsidR="00A30254">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="635915524"/>
           <w:placeholder>
             <w:docPart w:val="C79F7F99807345119AA7567D87E83C6E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00A30254" w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
@@ -2619,51 +3174,50 @@
       <w:r>
         <w:t xml:space="preserve">(For </w:t>
       </w:r>
       <w:r w:rsidRPr="00284BB5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>one author</w:t>
       </w:r>
       <w:r>
         <w:t>, this section can be left blank).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B67893C" w14:textId="78A7C29D" w:rsidR="00E03281" w:rsidRPr="00C26D71" w:rsidRDefault="00E03281" w:rsidP="00970B8C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C26D71">
-        <w:lastRenderedPageBreak/>
         <w:t>Conception of the research project (e.g., all authors / Author 1, Author 2)</w:t>
       </w:r>
       <w:r w:rsidR="00A30254">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-234933790"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="254579A1DA6B45A48E647F31B05B8D4C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00A30254" w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
@@ -2998,77 +3552,77 @@
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00A30254">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00284BB5">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t>lease, use th</w:t>
       </w:r>
       <w:r w:rsidR="00E03281" w:rsidRPr="00C26D71">
         <w:t>e following</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t xml:space="preserve"> space to disclose any potential conflict of interest. Remember that a conflict of interest may arise when the author of the manuscript has some sort of personal or financial relationship with a third party that can be benefited or harmed by the contents of the manuscript. Any factor that may originate bias should be declared</w:t>
       </w:r>
       <w:r w:rsidR="00284BB5">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00284BB5" w:rsidRPr="00284BB5">
         <w:t>Authors must update their situation regarding conflicts of interest, if there is any significant change during the review process. This update should be made as soon as possible and communicated to the Editor before the manuscript is published.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="_Hlk194563244"/>
+    <w:bookmarkStart w:id="1" w:name="_Hlk194563244"/>
     <w:p w14:paraId="657AD9AD" w14:textId="4A2EB79C" w:rsidR="00A30254" w:rsidRPr="00C26D71" w:rsidRDefault="00000000" w:rsidP="00DA3678">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1778060227"/>
           <w:placeholder>
             <w:docPart w:val="DDC3EB28AF0149ECBA32247DF92A547D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00A30254" w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="530128C5" w14:textId="543B5817" w:rsidR="00DA3678" w:rsidRPr="00C26D71" w:rsidRDefault="00000000" w:rsidP="00DA3678">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           </w:rPr>
           <w:id w:val="1811661809"/>
           <w:lock w:val="sdtLocked"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="221A" w14:font="Times New Roman"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00100F95">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
@@ -3137,157 +3691,182 @@
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00284BB5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00284BB5">
         <w:t xml:space="preserve"> The datasets generated during the study are publicly available in a repository.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FB9A8A7" w14:textId="132E641E" w:rsidR="00284BB5" w:rsidRPr="00284BB5" w:rsidRDefault="00284BB5" w:rsidP="00284BB5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00284BB5">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Name of the repository: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="2105381408"/>
           <w:placeholder>
             <w:docPart w:val="C4279FD9B4C0482DBED4B550CC209F50"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="45ECBCAD" w14:textId="09EB7CE8" w:rsidR="00284BB5" w:rsidRPr="00284BB5" w:rsidRDefault="00284BB5" w:rsidP="00284BB5">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00284BB5">
-        <w:t xml:space="preserve">Link/doi: </w:t>
+        <w:t>Link/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00284BB5">
+        <w:t>doi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00284BB5">
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-909924047"/>
           <w:placeholder>
             <w:docPart w:val="2461C6D4C78749BD9B74D58288E93FF0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="40D6FEC4" w14:textId="4E991308" w:rsidR="00284BB5" w:rsidRDefault="00000000" w:rsidP="00E03281">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1726712551"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="007B2959">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007B2959">
-        <w:t xml:space="preserve"> The data are protected and are not available due to data privacy laws.</w:t>
+        <w:t xml:space="preserve"> The data are protected and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B2959">
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B2959">
+        <w:t xml:space="preserve"> not available due to data privacy laws.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BC161F2" w14:textId="690A66CB" w:rsidR="007B2959" w:rsidRDefault="00000000" w:rsidP="00E03281">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="96524727"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="007B2959">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007B2959">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B2959" w:rsidRPr="007B2959">
-        <w:t>Data cannot be shared openly but are available on request from authors</w:t>
+        <w:t xml:space="preserve">Data cannot be shared openly but </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B2959" w:rsidRPr="007B2959">
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B2959" w:rsidRPr="007B2959">
+        <w:t xml:space="preserve"> available on request from authors</w:t>
       </w:r>
       <w:r w:rsidR="007B2959">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21DF91FC" w14:textId="041460B1" w:rsidR="007B2959" w:rsidRDefault="00000000" w:rsidP="00E03281">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-477683416"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="007B2959">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
@@ -3381,91 +3960,103 @@
       </w:r>
       <w:r w:rsidR="0067468B" w:rsidRPr="0067468B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25B526FB" w14:textId="20223D8C" w:rsidR="00E93C86" w:rsidRDefault="00E93C86" w:rsidP="00E03281">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E93C86">
         <w:t xml:space="preserve">For the sake of transparency, authors must disclose the use of generative AI tools to assist with processes such as minor editing of a text or creating figures. Authors </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93C86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>must reveal</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93C86">
-        <w:t xml:space="preserve"> the details of such </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">use (e.g., the type of AI tool used and the purpose of using the tool). In any case, the use of these tools </w:t>
+        <w:t xml:space="preserve"> the details of such use (e.g., the type of AI tool used and the purpose of using the tool). In any case, the use of these tools </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93C86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>must not exceed 1</w:t>
       </w:r>
       <w:r w:rsidR="009E1D70">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93C86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93C86">
         <w:t xml:space="preserve"> of the total manuscript. Additionally, authors are encouraged to retain evidence of the terms used in AI queries, as the Editorial Committee may request them to make informed decisions.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93C86">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The use of AI tools for fundamental aspects of a paper (such as research design, substantial writing of a text, or the creation, alteration, or manipulation of data and results) is not allowed</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93C86">
-        <w:t>. The use of AI for the consolidation and analysis of research data is allowed as long as it is part of software traditionally used in the field for this purpose (e.g., NVivo, ATLAS.ti, MAXQDA, etc.).</w:t>
+        <w:t xml:space="preserve">. The use of AI for the consolidation and analysis of research data is allowed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E93C86">
+        <w:t>as long as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E93C86">
+        <w:t xml:space="preserve"> it is part of software traditionally used in the field for this purpose (e.g., NVivo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93C86">
+        <w:t>ATLAS.ti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93C86">
+        <w:t>, MAXQDA, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D472A50" w14:textId="0CC4E238" w:rsidR="00E93C86" w:rsidRPr="00E93C86" w:rsidRDefault="00E93C86" w:rsidP="00E03281">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Use </w:t>
       </w:r>
       <w:r w:rsidR="0067468B">
         <w:t>the following</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> space to disclose the AI tool</w:t>
       </w:r>
       <w:r w:rsidR="0067468B">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0067468B">
         <w:t>utilized</w:t>
       </w:r>
       <w:r>
@@ -3577,91 +4168,133 @@
           </w:rPr>
           <w:id w:val="1488820608"/>
           <w:lock w:val="sdtLocked"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="221A" w14:font="Times New Roman"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00100F95">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A30254">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E03281" w:rsidRPr="00C26D71">
-        <w:t>The author(s) declare(s) that this manuscript is the result of original research</w:t>
+        <w:t xml:space="preserve">The author(s) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E03281" w:rsidRPr="00C26D71">
+        <w:t>declare</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E03281" w:rsidRPr="00C26D71">
+        <w:t>(s) that this manuscript is the result of original research</w:t>
       </w:r>
       <w:r w:rsidR="00AC6974">
         <w:t xml:space="preserve"> or reflection</w:t>
       </w:r>
       <w:r w:rsidR="00E03281" w:rsidRPr="00C26D71">
         <w:t>, that it has not been published before, and that it is not currently under evaluation in another journal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B5B0A6E" w14:textId="792E8B64" w:rsidR="00782323" w:rsidRPr="00C26D71" w:rsidRDefault="00782323" w:rsidP="004B432E">
+    <w:p w14:paraId="5B5B0A6E" w14:textId="5863851E" w:rsidR="00782323" w:rsidRPr="00C26D71" w:rsidRDefault="00782323" w:rsidP="004B432E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
         <w:ind w:left="567" w:right="616"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remember that the </w:t>
       </w:r>
       <w:r w:rsidR="00AC6974">
         <w:t>manuscript</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> will be screened </w:t>
       </w:r>
       <w:r w:rsidR="00AC6974" w:rsidRPr="00AC6974">
-        <w:t>with a similarity-detector software</w:t>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AC6974" w:rsidRPr="00AC6974">
+        <w:t>a similarity</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AC6974" w:rsidRPr="00AC6974">
+        <w:t>-detector software</w:t>
       </w:r>
       <w:r w:rsidR="00AC6974">
         <w:t xml:space="preserve"> on</w:t>
       </w:r>
       <w:r w:rsidRPr="00782323">
         <w:t xml:space="preserve"> first submi</w:t>
       </w:r>
       <w:r w:rsidR="00AC6974">
         <w:t>ssion</w:t>
       </w:r>
       <w:r w:rsidRPr="00782323">
-        <w:t xml:space="preserve"> to the journal and after the evaluation process is finished and the reviewers recommend publication.</w:t>
+        <w:t xml:space="preserve"> to the journal and after the evaluation process is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00782323">
+        <w:t>finished and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00782323">
+        <w:t xml:space="preserve"> the reviewers recommend publication.</w:t>
       </w:r>
       <w:r w:rsidR="00AC6974">
-        <w:t xml:space="preserve"> If self-citation or similarity with other sources is above 15%, the manuscript will be rejected.</w:t>
+        <w:t xml:space="preserve"> If self-citation</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA24D6">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6974">
+        <w:t>similarity with other sources</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA24D6">
+        <w:t>, or use of AI</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6974">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA24D6">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6974">
+        <w:t xml:space="preserve"> above 15%, the manuscript will be rejected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09848823" w14:textId="0BEF4284" w:rsidR="00E03281" w:rsidRPr="00C26D71" w:rsidRDefault="00E03281" w:rsidP="00E03281">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00056023">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Approval of the text version for evaluation</w:t>
       </w:r>
       <w:r w:rsidR="00056023" w:rsidRPr="00056023">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D71">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00A30254">
         <w:t>f</w:t>
       </w:r>
@@ -3693,178 +4326,85 @@
         <w:sdtContent>
           <w:r w:rsidR="00100F95">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A30254">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E03281" w:rsidRPr="00C26D71">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00AC6974">
         <w:t xml:space="preserve">corresponding author declares that all </w:t>
       </w:r>
       <w:r w:rsidR="00E03281" w:rsidRPr="00C26D71">
         <w:t>authors approve the version of the manuscript that has been submitted for evaluation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C9B3770" w14:textId="03EB1E93" w:rsidR="00E03281" w:rsidRPr="00056023" w:rsidRDefault="00E03281" w:rsidP="00E03281">
-[...93 lines deleted...]
-    <w:p w14:paraId="7E83C027" w14:textId="7CF697B9" w:rsidR="00C26D71" w:rsidRPr="00C26D71" w:rsidRDefault="00C26D71" w:rsidP="00E03281">
+    <w:p w14:paraId="7E83C027" w14:textId="737E3822" w:rsidR="00C26D71" w:rsidRPr="00706928" w:rsidRDefault="00C26D71" w:rsidP="00E03281">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C26D71">
         <w:t xml:space="preserve">This form is signed on: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="181169882"/>
           <w:placeholder>
             <w:docPart w:val="5A17B0E450E243B2A3E356840ED90637"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00A30254" w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6FF1BD05" w14:textId="1B30CA60" w:rsidR="00284BB5" w:rsidRPr="00284BB5" w:rsidRDefault="00284BB5" w:rsidP="00E03281">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00284BB5">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">By signing </w:t>
       </w:r>
       <w:r>
         <w:t>this</w:t>
       </w:r>
       <w:r w:rsidRPr="00284BB5">
         <w:t xml:space="preserve"> form, the authors confirm their contribution to the work and compliance with authorship criteria. The Editor may verify this information and will take the necessary measures to ensure its validity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="421C6A58" w14:textId="58592BCA" w:rsidR="00C26D71" w:rsidRDefault="00C26D71" w:rsidP="00E03281">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056023">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Signatures</w:t>
       </w:r>
       <w:r w:rsidR="00056023" w:rsidRPr="00056023">
         <w:rPr>
@@ -3884,87 +4424,103 @@
     </w:p>
     <w:p w14:paraId="7D530132" w14:textId="7F0515DA" w:rsidR="00C26D71" w:rsidRPr="00C26D71" w:rsidRDefault="00C26D71" w:rsidP="00A30254">
       <w:pPr>
         <w:spacing w:line="720" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C26D71">
         <w:t>Author 1</w:t>
       </w:r>
       <w:r w:rsidR="00A30254">
         <w:t xml:space="preserve"> _______________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E1A0117" w14:textId="12D6D1F9" w:rsidR="00C26D71" w:rsidRPr="00C26D71" w:rsidRDefault="00C26D71" w:rsidP="00A30254">
       <w:pPr>
         <w:spacing w:line="720" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C26D71">
         <w:t>Author 2</w:t>
       </w:r>
       <w:r w:rsidR="00A30254">
         <w:t xml:space="preserve"> _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CCCF579" w14:textId="7E0CD6C2" w:rsidR="004C5EC5" w:rsidRPr="00C26D71" w:rsidRDefault="00C26D71" w:rsidP="00AC6974">
+    <w:p w14:paraId="5CCCF579" w14:textId="7E0CD6C2" w:rsidR="004C5EC5" w:rsidRDefault="00C26D71" w:rsidP="00AC6974">
       <w:pPr>
         <w:spacing w:line="720" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C26D71">
         <w:t>Author 3</w:t>
       </w:r>
       <w:r w:rsidR="00A30254">
         <w:t xml:space="preserve"> _______________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="004C5EC5" w:rsidRPr="00C26D71">
+    <w:p w14:paraId="188D7BD4" w14:textId="01BCEFA5" w:rsidR="009D268F" w:rsidRPr="00C26D71" w:rsidRDefault="009D268F" w:rsidP="00AC6974">
+      <w:pPr>
+        <w:spacing w:line="720" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D268F">
+        <w:t xml:space="preserve">Author </w:t>
+      </w:r>
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D268F">
+        <w:t xml:space="preserve"> _______________________</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="009D268F" w:rsidRPr="00C26D71">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5735FF7D" w14:textId="77777777" w:rsidR="00603BB8" w:rsidRDefault="00603BB8" w:rsidP="00C316A0">
+    <w:p w14:paraId="1991FCED" w14:textId="77777777" w:rsidR="008E0431" w:rsidRDefault="008E0431" w:rsidP="00C316A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40D97871" w14:textId="77777777" w:rsidR="00603BB8" w:rsidRDefault="00603BB8" w:rsidP="00C316A0">
+    <w:p w14:paraId="053070E9" w14:textId="77777777" w:rsidR="008E0431" w:rsidRDefault="008E0431" w:rsidP="00C316A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3984,81 +4540,81 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A617D74" w14:textId="77777777" w:rsidR="00603BB8" w:rsidRDefault="00603BB8" w:rsidP="00C316A0">
+    <w:p w14:paraId="0C830395" w14:textId="77777777" w:rsidR="008E0431" w:rsidRDefault="008E0431" w:rsidP="00C316A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0245DF92" w14:textId="77777777" w:rsidR="00603BB8" w:rsidRDefault="00603BB8" w:rsidP="00C316A0">
+    <w:p w14:paraId="73E1E7A2" w14:textId="77777777" w:rsidR="008E0431" w:rsidRDefault="008E0431" w:rsidP="00C316A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="04D34571" w14:textId="1EB809D3" w:rsidR="00C316A0" w:rsidRPr="00C316A0" w:rsidRDefault="00C316A0">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C316A0">
         <w:t>If this is le</w:t>
       </w:r>
@@ -4728,126 +5284,136 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1680236243">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="994141589">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1348671891">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1699354317">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1608662224">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004C5EC5"/>
     <w:rsid w:val="0003774E"/>
     <w:rsid w:val="00056023"/>
     <w:rsid w:val="00056B97"/>
     <w:rsid w:val="00100F95"/>
     <w:rsid w:val="001A7BDE"/>
+    <w:rsid w:val="00252DED"/>
     <w:rsid w:val="00253552"/>
     <w:rsid w:val="00284BB5"/>
     <w:rsid w:val="002D2764"/>
     <w:rsid w:val="0030387C"/>
     <w:rsid w:val="004B432E"/>
     <w:rsid w:val="004C5EC5"/>
     <w:rsid w:val="004F2BB6"/>
     <w:rsid w:val="00593104"/>
     <w:rsid w:val="005D6389"/>
     <w:rsid w:val="005E2AAE"/>
     <w:rsid w:val="005E2EF5"/>
     <w:rsid w:val="00603BB8"/>
     <w:rsid w:val="00611373"/>
     <w:rsid w:val="006214B4"/>
     <w:rsid w:val="0067468B"/>
     <w:rsid w:val="00696B9E"/>
+    <w:rsid w:val="00706928"/>
     <w:rsid w:val="0070773B"/>
     <w:rsid w:val="00782323"/>
     <w:rsid w:val="007B2959"/>
+    <w:rsid w:val="007C5AF3"/>
     <w:rsid w:val="00845930"/>
+    <w:rsid w:val="008E0431"/>
     <w:rsid w:val="008F3EB7"/>
     <w:rsid w:val="008F5571"/>
     <w:rsid w:val="00942967"/>
     <w:rsid w:val="00970B8C"/>
+    <w:rsid w:val="0099364C"/>
+    <w:rsid w:val="009C09B5"/>
+    <w:rsid w:val="009D268F"/>
     <w:rsid w:val="009E1D70"/>
     <w:rsid w:val="00A30254"/>
     <w:rsid w:val="00AA1D82"/>
     <w:rsid w:val="00AC6974"/>
     <w:rsid w:val="00C26D71"/>
     <w:rsid w:val="00C316A0"/>
     <w:rsid w:val="00CB480E"/>
     <w:rsid w:val="00CB7AE5"/>
     <w:rsid w:val="00CE1237"/>
     <w:rsid w:val="00D21CB5"/>
     <w:rsid w:val="00D70D18"/>
     <w:rsid w:val="00D97D0D"/>
     <w:rsid w:val="00DA3678"/>
     <w:rsid w:val="00E03281"/>
     <w:rsid w:val="00E15587"/>
     <w:rsid w:val="00E34222"/>
     <w:rsid w:val="00E93C86"/>
     <w:rsid w:val="00EB06EE"/>
     <w:rsid w:val="00F274EC"/>
     <w:rsid w:val="00F50213"/>
     <w:rsid w:val="00F5162D"/>
     <w:rsid w:val="00F749F4"/>
+    <w:rsid w:val="00FA24D6"/>
     <w:rsid w:val="00FF3BEC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -5516,1561 +6082,1822 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="18DBEB9337A6451B82DDFB9B210EA6D8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A9DB2783-6BEB-4A3B-8925-A74AFBA8164A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00225188" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00225188" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="18DBEB9337A6451B82DDFB9B210EA6D81"/>
+            <w:pStyle w:val="18DBEB9337A6451B82DDFB9B210EA6D8"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E319FD561D114A84A4092D72C92F8547"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{44520DCF-6169-4B1E-AB59-039749416E1A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00225188" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00225188" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="E319FD561D114A84A4092D72C92F85471"/>
+            <w:pStyle w:val="E319FD561D114A84A4092D72C92F8547"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F2133764A2694CC7882931AED8530AB1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{97F086A9-3312-46E3-B6DA-746666C3CAB3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00225188" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00225188" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="F2133764A2694CC7882931AED8530AB11"/>
+            <w:pStyle w:val="F2133764A2694CC7882931AED8530AB1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="89C15EB08FA84E51AB81CD3236F5754B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B481D20D-37EF-4EA7-A504-15CE5181EC13}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00225188" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00225188" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="89C15EB08FA84E51AB81CD3236F5754B1"/>
+            <w:pStyle w:val="89C15EB08FA84E51AB81CD3236F5754B"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9FF8822FDDB94F7FB41A40A957955DD7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D864EF06-FBB9-4B16-8637-E47DB6E0C0EF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="9FF8822FDDB94F7FB41A40A957955DD71"/>
+            <w:pStyle w:val="9FF8822FDDB94F7FB41A40A957955DD7"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C26D0A5EE6D649E3878ED83F4D8D8903"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D87E44F6-BF0C-4E62-9FA0-7D532EBAF214}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="C26D0A5EE6D649E3878ED83F4D8D89031"/>
+            <w:pStyle w:val="C26D0A5EE6D649E3878ED83F4D8D8903"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4595CF9F07F3486681A8EEB37A1AB364"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{42F55E2F-3204-4CE1-9B55-A5DBA11EB008}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="4595CF9F07F3486681A8EEB37A1AB3641"/>
+            <w:pStyle w:val="4595CF9F07F3486681A8EEB37A1AB364"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="57AFFC41BD0249FFAB6BD594F2F06B96"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7CCC332D-955F-438F-B356-6F634DE736CE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="57AFFC41BD0249FFAB6BD594F2F06B961"/>
+            <w:pStyle w:val="57AFFC41BD0249FFAB6BD594F2F06B96"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2E2F5482C4374B699EB451D1404A2D3C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{93F79F4E-BCFB-46D1-A191-9CA3445D5D45}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="2E2F5482C4374B699EB451D1404A2D3C1"/>
+            <w:pStyle w:val="2E2F5482C4374B699EB451D1404A2D3C"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8CC9594D30E84B5BBE1F2E96759A08A2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B640CDCF-E4A7-4393-8438-D12816CCD911}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="8CC9594D30E84B5BBE1F2E96759A08A21"/>
+            <w:pStyle w:val="8CC9594D30E84B5BBE1F2E96759A08A2"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7D464CC98257466488F71F3686CF9773"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A06FBD78-5202-45FA-99A0-F49CF50DCB93}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="7D464CC98257466488F71F3686CF97731"/>
+            <w:pStyle w:val="7D464CC98257466488F71F3686CF9773"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5F7D3347F6DF4140AD50DD82716AD54B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9593784F-7BEC-4DB5-B285-4AC2EDFAFE2F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="5F7D3347F6DF4140AD50DD82716AD54B1"/>
+            <w:pStyle w:val="5F7D3347F6DF4140AD50DD82716AD54B"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7E809B3999FE45C6ABDD09E9C448B52A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CC951AC7-AF25-42FD-98BC-345965AEE86D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="7E809B3999FE45C6ABDD09E9C448B52A1"/>
+            <w:pStyle w:val="7E809B3999FE45C6ABDD09E9C448B52A"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="13A4C81EF5F846FFB974FA27F4C72A57"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CA66AFCC-CAE4-42C4-AA93-FBFB7E0223A7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="13A4C81EF5F846FFB974FA27F4C72A571"/>
+            <w:pStyle w:val="13A4C81EF5F846FFB974FA27F4C72A57"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="39023C4B242B49D8B4CEC0642E2EBC3B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{22471111-AE0E-49DD-8551-41AA019A576F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="39023C4B242B49D8B4CEC0642E2EBC3B1"/>
+            <w:pStyle w:val="39023C4B242B49D8B4CEC0642E2EBC3B"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B25651817D49422B853B9087B0F9BC2B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7C2D86E1-ED33-437F-AF96-06AB3F4EDC5E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="B25651817D49422B853B9087B0F9BC2B1"/>
+            <w:pStyle w:val="B25651817D49422B853B9087B0F9BC2B"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="05572FC26E3641D4A3F0F6AA15EE5D95"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{272905EE-A5B3-4778-847B-96A89992DA2B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="05572FC26E3641D4A3F0F6AA15EE5D951"/>
+            <w:pStyle w:val="05572FC26E3641D4A3F0F6AA15EE5D95"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F81B90A9AF6E48B58F1DC1590B3A4A4D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FA992B6A-BDC7-43D4-98D4-D0158CCBED22}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="F81B90A9AF6E48B58F1DC1590B3A4A4D1"/>
+            <w:pStyle w:val="F81B90A9AF6E48B58F1DC1590B3A4A4D"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C8551F90F17B4BE1A627F12700619716"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7FB42158-D3F0-414F-ADEB-CA877996E81C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="C8551F90F17B4BE1A627F127006197161"/>
+            <w:pStyle w:val="C8551F90F17B4BE1A627F12700619716"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="57B439DFCB8B459DADFED980564F22A5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0E9101C2-48A2-415A-AFD9-D1F3F4AD6A79}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="57B439DFCB8B459DADFED980564F22A51"/>
+            <w:pStyle w:val="57B439DFCB8B459DADFED980564F22A5"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C79F7F99807345119AA7567D87E83C6E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E6CAFA30-8EB9-4040-A45E-B20686775B4D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="C79F7F99807345119AA7567D87E83C6E1"/>
+            <w:pStyle w:val="C79F7F99807345119AA7567D87E83C6E"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="20380214E3D249C6ABDF3C5BAB61BF9B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C83D63C9-2E56-471A-9DBB-B0F9290F3E2F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="20380214E3D249C6ABDF3C5BAB61BF9B1"/>
+            <w:pStyle w:val="20380214E3D249C6ABDF3C5BAB61BF9B"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="254579A1DA6B45A48E647F31B05B8D4C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{201F8BA8-7025-42CE-9950-88DAFF916E8A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="254579A1DA6B45A48E647F31B05B8D4C1"/>
+            <w:pStyle w:val="254579A1DA6B45A48E647F31B05B8D4C"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CCB7581DA4254809BC9FA1CE043DCFB0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0CE6F4C1-9278-4A59-B5E5-938C082A9A31}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="CCB7581DA4254809BC9FA1CE043DCFB01"/>
+            <w:pStyle w:val="CCB7581DA4254809BC9FA1CE043DCFB0"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FAFD2FD56D614B5F96579C697291FF4D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8A730949-C0C0-42E4-BDE7-9CCBA0ADF5B6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="FAFD2FD56D614B5F96579C697291FF4D1"/>
+            <w:pStyle w:val="FAFD2FD56D614B5F96579C697291FF4D"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0366DAE53B904ED2A376F79E20A0F1EA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{29A76EDB-FEE6-46B4-AA92-63C5D050D0B9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="0366DAE53B904ED2A376F79E20A0F1EA1"/>
+            <w:pStyle w:val="0366DAE53B904ED2A376F79E20A0F1EA"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="06F1D96C0AD140918960B53BB3B737D1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B0AD8059-0B86-4F79-A537-E258B8F865D4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="06F1D96C0AD140918960B53BB3B737D11"/>
+            <w:pStyle w:val="06F1D96C0AD140918960B53BB3B737D1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7DD8275976C54FB6B9C875B2B9A5450E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{85F3D6E0-9DF5-4EDF-8437-6DA9F4CC8C20}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="7DD8275976C54FB6B9C875B2B9A5450E1"/>
+            <w:pStyle w:val="7DD8275976C54FB6B9C875B2B9A5450E"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C20BF09193394CF3B2FCE5943CE288D3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F400B627-6BB5-4CF6-B9E0-659DE4088972}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="C20BF09193394CF3B2FCE5943CE288D31"/>
+            <w:pStyle w:val="C20BF09193394CF3B2FCE5943CE288D3"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DDC3EB28AF0149ECBA32247DF92A547D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7BC04815-C9B1-416E-905B-A82EB26074EB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="DDC3EB28AF0149ECBA32247DF92A547D1"/>
+            <w:pStyle w:val="DDC3EB28AF0149ECBA32247DF92A547D"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5A17B0E450E243B2A3E356840ED90637"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{24430213-7A6C-40CB-A991-03657CEF2CBD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="5A17B0E450E243B2A3E356840ED906371"/>
+            <w:pStyle w:val="5A17B0E450E243B2A3E356840ED90637"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="37C26FF1C9264E08B76D717038553BE6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{20867D1F-49EF-45A7-8A58-61357ED650F6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="37C26FF1C9264E08B76D717038553BE61"/>
+            <w:pStyle w:val="37C26FF1C9264E08B76D717038553BE6"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E17D8B0E9ADE43C990A37D72546F62FE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B4343BCF-D346-405A-A6D5-45D36DDB2E14}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="E17D8B0E9ADE43C990A37D72546F62FE1"/>
+            <w:pStyle w:val="E17D8B0E9ADE43C990A37D72546F62FE"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2422B7A3834A49DDBAEBD9044F96264E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5E021A44-A50E-4D19-BE48-FB3872DAE583}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="2422B7A3834A49DDBAEBD9044F96264E1"/>
+            <w:pStyle w:val="2422B7A3834A49DDBAEBD9044F96264E"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FF8B1D55F4D64D5DB82C3FFB8CD329C9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D954CD82-FE93-4B79-923C-39D3394166C1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="FF8B1D55F4D64D5DB82C3FFB8CD329C91"/>
+            <w:pStyle w:val="FF8B1D55F4D64D5DB82C3FFB8CD329C9"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4FB6EE91B2E041E5A24147AFF920BDF6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F57479D8-1DFE-40C1-A89E-EB7AB77D5337}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="4FB6EE91B2E041E5A24147AFF920BDF61"/>
+            <w:pStyle w:val="4FB6EE91B2E041E5A24147AFF920BDF6"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="68B8F21CBB9A4653A49F6E9154DFA966"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2990AF32-3E5C-4458-9DC2-1653453C81CB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="68B8F21CBB9A4653A49F6E9154DFA9661"/>
+            <w:pStyle w:val="68B8F21CBB9A4653A49F6E9154DFA966"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2BA45C15DDF9447289E1C76AA0404130"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B02B99BB-D829-4725-8BCA-D5488E5EA53A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="2BA45C15DDF9447289E1C76AA04041301"/>
+            <w:pStyle w:val="2BA45C15DDF9447289E1C76AA0404130"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="891843C09FC14CF98B14945AA6B1A736"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8EA90FE0-48D8-45AB-862B-B89AFEE2060D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="891843C09FC14CF98B14945AA6B1A7361"/>
+            <w:pStyle w:val="891843C09FC14CF98B14945AA6B1A736"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="979BD7BE3CEE4176857D652DB1D791A4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{795773F8-568A-45C7-93E5-61DAE45A02D9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="979BD7BE3CEE4176857D652DB1D791A41"/>
+            <w:pStyle w:val="979BD7BE3CEE4176857D652DB1D791A4"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6F5FC3349E2E4277AAFC6AE70E5C6EF2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{27C56700-916D-4917-84B1-4BB7D28F5EE4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="6F5FC3349E2E4277AAFC6AE70E5C6EF21"/>
+            <w:pStyle w:val="6F5FC3349E2E4277AAFC6AE70E5C6EF2"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C7AB3CBAAB2B40D1853B4967BCB7083C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B6FEE708-CF9C-4789-ACAE-1D100EE3ACFD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="C7AB3CBAAB2B40D1853B4967BCB7083C1"/>
+            <w:pStyle w:val="C7AB3CBAAB2B40D1853B4967BCB7083C"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E0102A3BC652461F8AA6175C34C23053"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7ED397AE-11B4-447F-9355-48CF6FCE1DCA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="E0102A3BC652461F8AA6175C34C230531"/>
+            <w:pStyle w:val="E0102A3BC652461F8AA6175C34C23053"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="68D4BE37F9EA4CBABBDFD9D413905EBA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B949AAE3-5EFC-470C-B88E-60655B8E8A3F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="68D4BE37F9EA4CBABBDFD9D413905EBA1"/>
+            <w:pStyle w:val="68D4BE37F9EA4CBABBDFD9D413905EBA"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B1115B9E0F3E4E63AB681F84A07C6F9D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8C971400-7345-4F79-8C00-EC2AC3CD21CF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="B1115B9E0F3E4E63AB681F84A07C6F9D1"/>
+            <w:pStyle w:val="B1115B9E0F3E4E63AB681F84A07C6F9D"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F7EEA8E591824D0D81F2653978234689"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9A916E82-5456-477B-8706-E1CBA5DF340B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="F7EEA8E591824D0D81F26539782346891"/>
+            <w:pStyle w:val="F7EEA8E591824D0D81F2653978234689"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="14C37016CE6340ABB608CAEB911D93AE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0C746838-694A-4623-B99C-843C7D27F06F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="14C37016CE6340ABB608CAEB911D93AE1"/>
+            <w:pStyle w:val="14C37016CE6340ABB608CAEB911D93AE"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0B7D700AC54147F5B38368970ED5F17F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{37872339-23D9-4256-9B0C-39C409C6A24C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="0B7D700AC54147F5B38368970ED5F17F1"/>
+            <w:pStyle w:val="0B7D700AC54147F5B38368970ED5F17F"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="23F923E8E8D443ADB472AEBDE46DD8D6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{36D8A690-603B-424A-99DB-7F31381341EF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DD678C" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="00DD678C" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="23F923E8E8D443ADB472AEBDE46DD8D61"/>
+            <w:pStyle w:val="23F923E8E8D443ADB472AEBDE46DD8D6"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="400E554651234C7586E2B3D71F83AE5E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1AF3323B-C8CD-4DE5-B487-4AA0DE0CBBAE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009B3463" w:rsidRDefault="00DD678C" w:rsidP="00DD678C">
+        <w:p w:rsidR="009B3463" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="400E554651234C7586E2B3D71F83AE5E1"/>
+            <w:pStyle w:val="400E554651234C7586E2B3D71F83AE5E"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C4279FD9B4C0482DBED4B550CC209F50"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{31F968D1-F31F-48F9-9E2C-3C4794F0E56A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00824230" w:rsidRDefault="00C44BFA" w:rsidP="00C44BFA">
+        <w:p w:rsidR="00824230" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="C4279FD9B4C0482DBED4B550CC209F50"/>
+            <w:pStyle w:val="C4279FD9B4C0482DBED4B550CC209F501"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2461C6D4C78749BD9B74D58288E93FF0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1105A536-5339-47C6-ABCD-8A7AA3C00FAB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00824230" w:rsidRDefault="00C44BFA" w:rsidP="00C44BFA">
+        <w:p w:rsidR="00824230" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="2461C6D4C78749BD9B74D58288E93FF0"/>
+            <w:pStyle w:val="2461C6D4C78749BD9B74D58288E93FF01"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="14003815D8CD4236A9058B3BF8E6A068"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C5104C60-0C96-46A5-A478-336FB246B583}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00824230" w:rsidRDefault="00C44BFA" w:rsidP="00C44BFA">
+        <w:p w:rsidR="00824230" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
           <w:pPr>
-            <w:pStyle w:val="14003815D8CD4236A9058B3BF8E6A068"/>
+            <w:pStyle w:val="14003815D8CD4236A9058B3BF8E6A0681"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AECBBF7FCE514D48B270E7E74E01CC7F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5A5E3973-F57D-47CC-B9FC-ACB54F25D56F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
+          <w:pPr>
+            <w:pStyle w:val="AECBBF7FCE514D48B270E7E74E01CC7F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F4AA450E004849909740076136A6ABD1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{09A62831-B8A0-48A1-85F2-DA1AD36149F4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
+          <w:pPr>
+            <w:pStyle w:val="F4AA450E004849909740076136A6ABD11"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="91901B5B60A14F03A702F7C9BEF142E8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C235748E-0A8E-4916-8301-A0074E5C4858}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
+          <w:pPr>
+            <w:pStyle w:val="91901B5B60A14F03A702F7C9BEF142E81"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="400F995F0D3D44309CA213F6DA3ADB5D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D407623E-7867-495B-86D1-6BD69FA5EA7B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
+          <w:pPr>
+            <w:pStyle w:val="400F995F0D3D44309CA213F6DA3ADB5D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8EFD213447C74903A8F6725F32F1C78F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3ABD8C96-AF8F-43CC-A566-5FC299F1EC73}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
+          <w:pPr>
+            <w:pStyle w:val="8EFD213447C74903A8F6725F32F1C78F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9A30D458874B4714894AE7B484C90305"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B3770A12-A72C-48B7-9F48-2A836C14F00A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
+          <w:pPr>
+            <w:pStyle w:val="9A30D458874B4714894AE7B484C903051"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EAEA8C5AFEDA4E54A86822ECC9534CA4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EA729720-4B19-4EC6-9925-074FB373CD7B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
+          <w:pPr>
+            <w:pStyle w:val="EAEA8C5AFEDA4E54A86822ECC9534CA41"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="51FBDFF810784BCA95526A95711B841B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{44B45BAB-C33C-439B-AE31-AC775144C4C3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
+          <w:pPr>
+            <w:pStyle w:val="51FBDFF810784BCA95526A95711B841B1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C3761C">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="697E8133E44A4DA7A5EA3716D580A6C5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1606ACBF-F986-44E8-BDD7-5C2B56DE17BC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00C1554B" w:rsidP="00C1554B">
+          <w:pPr>
+            <w:pStyle w:val="697E8133E44A4DA7A5EA3716D580A6C51"/>
           </w:pPr>
           <w:r w:rsidRPr="00C3761C">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -7093,113 +7920,116 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AC293C"/>
     <w:rsid w:val="0003774E"/>
     <w:rsid w:val="00067257"/>
     <w:rsid w:val="001E3F2F"/>
     <w:rsid w:val="00225188"/>
+    <w:rsid w:val="00252DED"/>
     <w:rsid w:val="00253552"/>
     <w:rsid w:val="00300B2A"/>
     <w:rsid w:val="004037F3"/>
     <w:rsid w:val="00413A77"/>
     <w:rsid w:val="00506146"/>
     <w:rsid w:val="00544084"/>
+    <w:rsid w:val="005551BB"/>
     <w:rsid w:val="005D6389"/>
     <w:rsid w:val="00824230"/>
     <w:rsid w:val="00984A09"/>
     <w:rsid w:val="009B3463"/>
     <w:rsid w:val="00A44976"/>
     <w:rsid w:val="00A728FD"/>
     <w:rsid w:val="00AC293C"/>
+    <w:rsid w:val="00C1554B"/>
     <w:rsid w:val="00C44BFA"/>
     <w:rsid w:val="00CB7AE5"/>
     <w:rsid w:val="00DD678C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -7612,51 +8442,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C44BFA"/>
+    <w:rsid w:val="00C1554B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="18DBEB9337A6451B82DDFB9B210EA6D81">
     <w:name w:val="18DBEB9337A6451B82DDFB9B210EA6D81"/>
     <w:rsid w:val="00DD678C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E319FD561D114A84A4092D72C92F85471">
     <w:name w:val="E319FD561D114A84A4092D72C92F85471"/>
     <w:rsid w:val="00DD678C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2133764A2694CC7882931AED8530AB11">
     <w:name w:val="F2133764A2694CC7882931AED8530AB11"/>
     <w:rsid w:val="00DD678C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
@@ -8077,50 +8907,932 @@
     <w:name w:val="FBBD5F3D54AD42A6BB9B29C3A488C6E0"/>
     <w:rsid w:val="00C44BFA"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="14003815D8CD4236A9058B3BF8E6A068">
     <w:name w:val="14003815D8CD4236A9058B3BF8E6A068"/>
     <w:rsid w:val="00C44BFA"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
       <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1264A47A71C44703BB6E1A4C1550B08C">
+    <w:name w:val="1264A47A71C44703BB6E1A4C1550B08C"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46532B8C2410434DAA3E71BCF03658DB">
+    <w:name w:val="46532B8C2410434DAA3E71BCF03658DB"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="668F582E629B43AEBDA0345F56B953F0">
+    <w:name w:val="668F582E629B43AEBDA0345F56B953F0"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D22CEC2F8B1E44B6A7C544A9BD2D8FFD">
+    <w:name w:val="D22CEC2F8B1E44B6A7C544A9BD2D8FFD"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="84DE671D03EB427BBBD0065491141E45">
+    <w:name w:val="84DE671D03EB427BBBD0065491141E45"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32213A42C524433FA66AC1F4777C2A7A">
+    <w:name w:val="32213A42C524433FA66AC1F4777C2A7A"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE55B65B71EF4AC2960E0ABBDE8C99D0">
+    <w:name w:val="FE55B65B71EF4AC2960E0ABBDE8C99D0"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="177853749FE245E2984F9FE2577A53AE">
+    <w:name w:val="177853749FE245E2984F9FE2577A53AE"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="866043B7C3BC4A17A6C9D5FD2F8A6373">
+    <w:name w:val="866043B7C3BC4A17A6C9D5FD2F8A6373"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AECBBF7FCE514D48B270E7E74E01CC7F">
+    <w:name w:val="AECBBF7FCE514D48B270E7E74E01CC7F"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F4AA450E004849909740076136A6ABD1">
+    <w:name w:val="F4AA450E004849909740076136A6ABD1"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="91901B5B60A14F03A702F7C9BEF142E8">
+    <w:name w:val="91901B5B60A14F03A702F7C9BEF142E8"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="400F995F0D3D44309CA213F6DA3ADB5D">
+    <w:name w:val="400F995F0D3D44309CA213F6DA3ADB5D"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EFD213447C74903A8F6725F32F1C78F">
+    <w:name w:val="8EFD213447C74903A8F6725F32F1C78F"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A30D458874B4714894AE7B484C90305">
+    <w:name w:val="9A30D458874B4714894AE7B484C90305"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EAEA8C5AFEDA4E54A86822ECC9534CA4">
+    <w:name w:val="EAEA8C5AFEDA4E54A86822ECC9534CA4"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51FBDFF810784BCA95526A95711B841B">
+    <w:name w:val="51FBDFF810784BCA95526A95711B841B"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="697E8133E44A4DA7A5EA3716D580A6C5">
+    <w:name w:val="697E8133E44A4DA7A5EA3716D580A6C5"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18DBEB9337A6451B82DDFB9B210EA6D8">
+    <w:name w:val="18DBEB9337A6451B82DDFB9B210EA6D8"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E319FD561D114A84A4092D72C92F8547">
+    <w:name w:val="E319FD561D114A84A4092D72C92F8547"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2133764A2694CC7882931AED8530AB1">
+    <w:name w:val="F2133764A2694CC7882931AED8530AB1"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89C15EB08FA84E51AB81CD3236F5754B">
+    <w:name w:val="89C15EB08FA84E51AB81CD3236F5754B"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9FF8822FDDB94F7FB41A40A957955DD7">
+    <w:name w:val="9FF8822FDDB94F7FB41A40A957955DD7"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C26D0A5EE6D649E3878ED83F4D8D8903">
+    <w:name w:val="C26D0A5EE6D649E3878ED83F4D8D8903"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4595CF9F07F3486681A8EEB37A1AB364">
+    <w:name w:val="4595CF9F07F3486681A8EEB37A1AB364"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="57AFFC41BD0249FFAB6BD594F2F06B96">
+    <w:name w:val="57AFFC41BD0249FFAB6BD594F2F06B96"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E2F5482C4374B699EB451D1404A2D3C">
+    <w:name w:val="2E2F5482C4374B699EB451D1404A2D3C"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8CC9594D30E84B5BBE1F2E96759A08A2">
+    <w:name w:val="8CC9594D30E84B5BBE1F2E96759A08A2"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D464CC98257466488F71F3686CF9773">
+    <w:name w:val="7D464CC98257466488F71F3686CF9773"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F7D3347F6DF4140AD50DD82716AD54B">
+    <w:name w:val="5F7D3347F6DF4140AD50DD82716AD54B"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E809B3999FE45C6ABDD09E9C448B52A">
+    <w:name w:val="7E809B3999FE45C6ABDD09E9C448B52A"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="37C26FF1C9264E08B76D717038553BE6">
+    <w:name w:val="37C26FF1C9264E08B76D717038553BE6"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E17D8B0E9ADE43C990A37D72546F62FE">
+    <w:name w:val="E17D8B0E9ADE43C990A37D72546F62FE"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2422B7A3834A49DDBAEBD9044F96264E">
+    <w:name w:val="2422B7A3834A49DDBAEBD9044F96264E"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF8B1D55F4D64D5DB82C3FFB8CD329C9">
+    <w:name w:val="FF8B1D55F4D64D5DB82C3FFB8CD329C9"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4FB6EE91B2E041E5A24147AFF920BDF6">
+    <w:name w:val="4FB6EE91B2E041E5A24147AFF920BDF6"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68B8F21CBB9A4653A49F6E9154DFA966">
+    <w:name w:val="68B8F21CBB9A4653A49F6E9154DFA966"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BA45C15DDF9447289E1C76AA0404130">
+    <w:name w:val="2BA45C15DDF9447289E1C76AA0404130"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="891843C09FC14CF98B14945AA6B1A736">
+    <w:name w:val="891843C09FC14CF98B14945AA6B1A736"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="979BD7BE3CEE4176857D652DB1D791A4">
+    <w:name w:val="979BD7BE3CEE4176857D652DB1D791A4"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6F5FC3349E2E4277AAFC6AE70E5C6EF2">
+    <w:name w:val="6F5FC3349E2E4277AAFC6AE70E5C6EF2"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C7AB3CBAAB2B40D1853B4967BCB7083C">
+    <w:name w:val="C7AB3CBAAB2B40D1853B4967BCB7083C"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E0102A3BC652461F8AA6175C34C23053">
+    <w:name w:val="E0102A3BC652461F8AA6175C34C23053"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68D4BE37F9EA4CBABBDFD9D413905EBA">
+    <w:name w:val="68D4BE37F9EA4CBABBDFD9D413905EBA"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B1115B9E0F3E4E63AB681F84A07C6F9D">
+    <w:name w:val="B1115B9E0F3E4E63AB681F84A07C6F9D"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7EEA8E591824D0D81F2653978234689">
+    <w:name w:val="F7EEA8E591824D0D81F2653978234689"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14C37016CE6340ABB608CAEB911D93AE">
+    <w:name w:val="14C37016CE6340ABB608CAEB911D93AE"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B7D700AC54147F5B38368970ED5F17F">
+    <w:name w:val="0B7D700AC54147F5B38368970ED5F17F"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="23F923E8E8D443ADB472AEBDE46DD8D6">
+    <w:name w:val="23F923E8E8D443ADB472AEBDE46DD8D6"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AECBBF7FCE514D48B270E7E74E01CC7F1">
+    <w:name w:val="AECBBF7FCE514D48B270E7E74E01CC7F1"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F4AA450E004849909740076136A6ABD11">
+    <w:name w:val="F4AA450E004849909740076136A6ABD11"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="91901B5B60A14F03A702F7C9BEF142E81">
+    <w:name w:val="91901B5B60A14F03A702F7C9BEF142E81"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="400F995F0D3D44309CA213F6DA3ADB5D1">
+    <w:name w:val="400F995F0D3D44309CA213F6DA3ADB5D1"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EFD213447C74903A8F6725F32F1C78F1">
+    <w:name w:val="8EFD213447C74903A8F6725F32F1C78F1"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A30D458874B4714894AE7B484C903051">
+    <w:name w:val="9A30D458874B4714894AE7B484C903051"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EAEA8C5AFEDA4E54A86822ECC9534CA41">
+    <w:name w:val="EAEA8C5AFEDA4E54A86822ECC9534CA41"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51FBDFF810784BCA95526A95711B841B1">
+    <w:name w:val="51FBDFF810784BCA95526A95711B841B1"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="697E8133E44A4DA7A5EA3716D580A6C51">
+    <w:name w:val="697E8133E44A4DA7A5EA3716D580A6C51"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13A4C81EF5F846FFB974FA27F4C72A57">
+    <w:name w:val="13A4C81EF5F846FFB974FA27F4C72A57"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="39023C4B242B49D8B4CEC0642E2EBC3B">
+    <w:name w:val="39023C4B242B49D8B4CEC0642E2EBC3B"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B25651817D49422B853B9087B0F9BC2B">
+    <w:name w:val="B25651817D49422B853B9087B0F9BC2B"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="05572FC26E3641D4A3F0F6AA15EE5D95">
+    <w:name w:val="05572FC26E3641D4A3F0F6AA15EE5D95"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F81B90A9AF6E48B58F1DC1590B3A4A4D">
+    <w:name w:val="F81B90A9AF6E48B58F1DC1590B3A4A4D"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C8551F90F17B4BE1A627F12700619716">
+    <w:name w:val="C8551F90F17B4BE1A627F12700619716"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="57B439DFCB8B459DADFED980564F22A5">
+    <w:name w:val="57B439DFCB8B459DADFED980564F22A5"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C79F7F99807345119AA7567D87E83C6E">
+    <w:name w:val="C79F7F99807345119AA7567D87E83C6E"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20380214E3D249C6ABDF3C5BAB61BF9B">
+    <w:name w:val="20380214E3D249C6ABDF3C5BAB61BF9B"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="254579A1DA6B45A48E647F31B05B8D4C">
+    <w:name w:val="254579A1DA6B45A48E647F31B05B8D4C"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CCB7581DA4254809BC9FA1CE043DCFB0">
+    <w:name w:val="CCB7581DA4254809BC9FA1CE043DCFB0"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FAFD2FD56D614B5F96579C697291FF4D">
+    <w:name w:val="FAFD2FD56D614B5F96579C697291FF4D"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0366DAE53B904ED2A376F79E20A0F1EA">
+    <w:name w:val="0366DAE53B904ED2A376F79E20A0F1EA"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06F1D96C0AD140918960B53BB3B737D1">
+    <w:name w:val="06F1D96C0AD140918960B53BB3B737D1"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7DD8275976C54FB6B9C875B2B9A5450E">
+    <w:name w:val="7DD8275976C54FB6B9C875B2B9A5450E"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C20BF09193394CF3B2FCE5943CE288D3">
+    <w:name w:val="C20BF09193394CF3B2FCE5943CE288D3"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="400E554651234C7586E2B3D71F83AE5E">
+    <w:name w:val="400E554651234C7586E2B3D71F83AE5E"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DDC3EB28AF0149ECBA32247DF92A547D">
+    <w:name w:val="DDC3EB28AF0149ECBA32247DF92A547D"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4279FD9B4C0482DBED4B550CC209F501">
+    <w:name w:val="C4279FD9B4C0482DBED4B550CC209F501"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2461C6D4C78749BD9B74D58288E93FF01">
+    <w:name w:val="2461C6D4C78749BD9B74D58288E93FF01"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14003815D8CD4236A9058B3BF8E6A0681">
+    <w:name w:val="14003815D8CD4236A9058B3BF8E6A0681"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A17B0E450E243B2A3E356840ED90637">
+    <w:name w:val="5A17B0E450E243B2A3E356840ED90637"/>
+    <w:rsid w:val="00C1554B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -8404,70 +10116,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D112795-B635-4033-A518-F9CD81443BB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>9714</Characters>
+  <Pages>1</Pages>
+  <Words>1895</Words>
+  <Characters>9742</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>191</Lines>
+  <Paragraphs>130</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11458</CharactersWithSpaces>
+  <CharactersWithSpaces>11507</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edwin Martinez</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>