--- v0 (2025-12-24)
+++ v1 (2026-02-12)
@@ -33,335 +33,217 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="04921C33" w14:textId="46F602E3" w:rsidR="00EF42AD" w:rsidRPr="00420857" w:rsidRDefault="007D0C80" w:rsidP="008477DD">
       <w:pPr>
         <w:pStyle w:val="ADYNATituloArticulo"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001232D8">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo del formato de un artículo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745094C9" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRPr="00420857" w:rsidRDefault="00EF42AD" w:rsidP="004F7AA0">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5268CF11" w14:textId="433F0AD2" w:rsidR="00EF42AD" w:rsidRPr="001232D8" w:rsidRDefault="007D0C80" w:rsidP="008477DD">
+    <w:p w14:paraId="5268CF11" w14:textId="433F0AD2" w:rsidR="00EF42AD" w:rsidRPr="00426C72" w:rsidRDefault="007D0C80" w:rsidP="008477DD">
       <w:pPr>
         <w:pStyle w:val="ADYNATituloArticulo"/>
-        <w:rPr>
-          <w:lang w:val="es-ES_tradnl"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00426C72">
+        <w:t>Article formatting example</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19DC9652" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRPr="00426C72" w:rsidRDefault="00EF42AD" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E7F84C8" w14:textId="63B8E771" w:rsidR="00EF42AD" w:rsidRPr="00426C72" w:rsidRDefault="00426C72" w:rsidP="000F3EB5">
+      <w:pPr>
+        <w:pStyle w:val="ADYNAAutores"/>
+        <w:rPr>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00420857">
-[...3 lines deleted...]
-        <w:t>Article</w:t>
+      <w:r w:rsidRPr="00426C72">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Néstor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00420857">
-[...1 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00426C72">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Rojas-</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00420857">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="00350CEE">
+      <w:r w:rsidRPr="00426C72">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Reyes</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF42AD" w:rsidRPr="001A65D3">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="26"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00046B5E" w:rsidRPr="00046B5E">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00046B5E" w:rsidRPr="00426C72">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="26"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00046B5E">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00350CEE">
+    </w:p>
+    <w:p w14:paraId="3D15C0F3" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRPr="00426C72" w:rsidRDefault="00EF42AD" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06981162" w14:textId="3BD67834" w:rsidR="00EF42AD" w:rsidRPr="00267004" w:rsidRDefault="00EF42AD" w:rsidP="00CB0CC9">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
-          <w:szCs w:val="26"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D47030">
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FD0C5F" w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FD0C5F" w:rsidRPr="00D47030">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A65D3" w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:vertAlign w:val="superscript"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D47030">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Institute of Minerals – CIMEX, Faculty of Mines, National University of Colombia</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001A65D3" w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CB0CC9" w:rsidRPr="00D47030">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001A65D3" w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FA7D61">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medellín, Colombia</w:t>
+      </w:r>
+      <w:r w:rsidR="001A65D3" w:rsidRPr="00267004">
         <w:rPr>
           <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, nrrojasr@unal.edu.co</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254B2514" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRPr="00267004" w:rsidRDefault="00EF42AD" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...5 lines deleted...]
-          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EDA3413" w14:textId="5BE39F96" w:rsidR="00EF42AD" w:rsidRPr="00720058" w:rsidRDefault="007D0C80" w:rsidP="00CB0CC9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...69 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD0C5F">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>Recibido</w:t>
       </w:r>
       <w:r w:rsidR="00CB0CC9" w:rsidRPr="007D0C80">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="007D0C80">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>6 s</w:t>
@@ -426,170 +308,154 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>1 noviembre</w:t>
       </w:r>
       <w:r w:rsidR="00CB0CC9" w:rsidRPr="007D0C80">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD0C5F">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>Aceptado</w:t>
       </w:r>
-      <w:r w:rsidR="00CB0CC9" w:rsidRPr="00FD0C5F">
+      <w:r w:rsidR="00CB0CC9" w:rsidRPr="00720058">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
+      <w:r w:rsidRPr="00720058">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>25 noviembre</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0CC9" w:rsidRPr="00720058">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="240CA581" w14:textId="77777777" w:rsidR="00EF42AD" w:rsidRPr="00720058" w:rsidRDefault="00EF42AD" w:rsidP="00EF42AD">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14360F39" w14:textId="48EC5CC4" w:rsidR="00CB0CC9" w:rsidRPr="00720058" w:rsidRDefault="007D0C80" w:rsidP="007C5FBB">
+      <w:pPr>
+        <w:pStyle w:val="ADYNAAbstrac"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5FBB">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F2AA83" w14:textId="4E2A1031" w:rsidR="00CB0CC9" w:rsidRPr="007D0C80" w:rsidRDefault="007D0C80" w:rsidP="007C5FBB">
+      <w:pPr>
+        <w:pStyle w:val="ADYNAAbstrac"/>
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B17492">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Este es un ejemplo de un artículo formateado para nuestra revista. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">25 </w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note que este texto es digitado en Times New </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...59 lines deleted...]
-        <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Roman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, tamaño 9, justificado, con la palabra Resumen en negrilla, Tipo título y en una línea separada. La longitud del resumen no excede 150 palabras. También, note que las palabras clave están separadas por un punto y coma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10845542" w14:textId="77777777" w:rsidR="00B17492" w:rsidRPr="007D0C80" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FC78D95" w14:textId="7F8F35F4" w:rsidR="00B17492" w:rsidRPr="007D0C80" w:rsidRDefault="007D0C80" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0C80">
         <w:rPr>
           <w:i/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Palabras clav</w:t>
-[...6 lines deleted...]
-        <w:t>e</w:t>
+        <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidR="00B17492" w:rsidRPr="007D0C80">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>formato del manuscrito; manuscrito listo para impresión</w:t>
       </w:r>
       <w:r w:rsidR="00B17492" w:rsidRPr="007D0C80">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="658F6757" w14:textId="77777777" w:rsidR="00B17492" w:rsidRPr="007D0C80" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
@@ -605,76 +471,70 @@
       </w:pPr>
       <w:r w:rsidRPr="007C5FBB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44D98F0C" w14:textId="0B441EC5" w:rsidR="00B17492" w:rsidRPr="007D0C80" w:rsidRDefault="007D0C80" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
       </w:pPr>
       <w:r w:rsidRPr="007C5FBB">
         <w:t xml:space="preserve">This is an example of an article formatted for our journal. Note that this text is typed in Times New Roman, size 9, justified, with the word Abstract in bold, Type title and in a separate line. Abstract length does not exceed </w:t>
       </w:r>
       <w:r w:rsidRPr="0080081C">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
         </w:rPr>
         <w:t>150</w:t>
       </w:r>
       <w:r w:rsidRPr="007C5FBB">
         <w:t xml:space="preserve"> words. Also, note that keywords are separated by semicolon.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69518F75" w14:textId="77777777" w:rsidR="00B17492" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
+    <w:p w14:paraId="69518F75" w14:textId="77777777" w:rsidR="00B17492" w:rsidRPr="00720058" w:rsidRDefault="00B17492" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78F95C02" w14:textId="3415BCA4" w:rsidR="00B17492" w:rsidRPr="007D0C80" w:rsidRDefault="007D0C80" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNAAbstrac"/>
       </w:pPr>
       <w:r w:rsidRPr="007D0C80">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidR="00B17492" w:rsidRPr="007D0C80">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0C80">
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>manuscript formatting; camera-ready manuscript</w:t>
+        <w:t xml:space="preserve"> manuscript formatting; camera-ready manuscript</w:t>
       </w:r>
       <w:r w:rsidR="00B17492" w:rsidRPr="007D0C80">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="114BB722" w14:textId="77777777" w:rsidR="00B17492" w:rsidRPr="007D0C80" w:rsidRDefault="00B17492" w:rsidP="00EF42AD">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20BD5750" w14:textId="77777777" w:rsidR="00B17492" w:rsidRPr="007D0C80" w:rsidRDefault="00B17492" w:rsidP="00EF42AD">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B17492" w:rsidRPr="007D0C80" w:rsidSect="001032E0">
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
@@ -854,75 +714,74 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t xml:space="preserve"> tamaño de 10 puntos para párrafos de texto normales. La primera línea de cada párrafo tiene una sangría de 0,5 cm</w:t>
       </w:r>
       <w:r w:rsidR="006903C4" w:rsidRPr="003F0BFD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40116DC5" w14:textId="77777777" w:rsidR="00CD6899" w:rsidRPr="003F0BFD" w:rsidRDefault="00CD6899" w:rsidP="00B25DBB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77ACFB79" w14:textId="56B16A7F" w:rsidR="00CD6899" w:rsidRPr="003F0BFD" w:rsidRDefault="0059674A" w:rsidP="003F0BFD">
+    <w:p w14:paraId="77ACFB79" w14:textId="56B16A7F" w:rsidR="00CD6899" w:rsidRPr="00720058" w:rsidRDefault="0059674A" w:rsidP="003F0BFD">
       <w:pPr>
         <w:pStyle w:val="ADYNATitulo2"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00720058">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2 </w:t>
       </w:r>
-      <w:r w:rsidR="003F0BFD" w:rsidRPr="003F0BFD">
-[...3 lines deleted...]
-          <w:lang w:val="es"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F0BFD" w:rsidRPr="00720058">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Encabezados</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="42385A27" w14:textId="77777777" w:rsidR="00FD759E" w:rsidRPr="00FE0D0C" w:rsidRDefault="00FD759E" w:rsidP="00EF42AD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06E75420" w14:textId="77777777" w:rsidR="00CD6899" w:rsidRPr="00FE0D0C" w:rsidRDefault="00CD6899" w:rsidP="006903C4">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -1551,76 +1410,76 @@
     <w:p w14:paraId="2660B12B" w14:textId="41AF2C35" w:rsidR="00752300" w:rsidRPr="003F0BFD" w:rsidRDefault="00752300" w:rsidP="00B25DBB">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6679886C" w14:textId="2BD1A8E6" w:rsidR="00752300" w:rsidRPr="00FE0D0C" w:rsidRDefault="003F0BFD" w:rsidP="00567B7F">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
-        <w:t xml:space="preserve">Todas las ecuaciones deben ser numeradas consecutivamente. Utilice el editor de ecuaciones integrado </w:t>
+        <w:t>Todas las ecuaciones deben ser numeradas consecutivamente. Utilice el editor de ecuaciones integrado proporcionado por Microsoft Word</w:t>
+      </w:r>
+      <w:r w:rsidR="00752300" w:rsidRPr="003F0BFD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
+        <w:t xml:space="preserve">Utilice la convención estándar para las matemáticas tipográficas: letras en cursiva </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0D0C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>proporcionado por Microsoft Word</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Utilice la convención estándar para las matemáticas tipográficas: letras en cursiva para variables escalares y constantes, letras minúsculas en negrita para vectores y letras mayúsculas en negrita para matrices. Por ejemplo, todas las variables en </w:t>
+        <w:t xml:space="preserve">para variables escalares y constantes, letras minúsculas en negrita para vectores y letras mayúsculas en negrita para matrices. Por ejemplo, todas las variables en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>eq</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE0D0C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>. (1) son escalares.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F739437" w14:textId="77777777" w:rsidR="00752300" w:rsidRDefault="00752300" w:rsidP="00752300">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
@@ -2660,54 +2519,51 @@
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000773BE">
         <w:t>Hoyles</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000773BE">
         <w:t xml:space="preserve">, C. and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000773BE">
         <w:t>Noss</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000773BE">
         <w:t>, R., What can digital technologies take from and bring to research in mathematics education? in Bishop, A.J. et al. Second International Handbook of Mathematics Education, 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00234EE5">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
       <w:r w:rsidRPr="000773BE">
-        <w:t xml:space="preserve"> edition, </w:t>
-[...2 lines deleted...]
-        <w:t>D</w:t>
+        <w:t xml:space="preserve"> edition, D</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ordrecht, Kluwer Academic, 2003, </w:t>
       </w:r>
       <w:r w:rsidRPr="000773BE">
         <w:rPr>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">pp. 323-349.  </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="000773BE">
           <w:rPr>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.1007/978-94-010-0273-8_11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7DC8A334" w14:textId="77777777" w:rsidR="0039618E" w:rsidRPr="00A61586" w:rsidRDefault="0039618E" w:rsidP="00356DC0">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -2908,107 +2764,79 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson S. Multimedia en internet [en línea], California, Agencia de Evaluación de Tecnologías multimedia, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>1998  [</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">date </w:t>
+        <w:t xml:space="preserve">date of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>of</w:t>
+        <w:t>reference</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> May 16 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>reference</w:t>
+        <w:t>th</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92249">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> May 16 </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> 1998], cap. 6, Formación y acreditación de modelos multimedia. </w:t>
+        <w:t xml:space="preserve"> of 1998], cap. 6, Formación y acreditación de modelos multimedia. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E92249">
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00E92249">
           <w:t>http://www.usu.edu./sanderso/multinet.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="66D23EB3" w14:textId="77777777" w:rsidR="0039618E" w:rsidRPr="00A61586" w:rsidRDefault="0039618E" w:rsidP="00C22879">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A61586">
         <w:rPr>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>Para tesis y disertaciones:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="494BD239" w14:textId="77777777" w:rsidR="00870B94" w:rsidRPr="00A61586" w:rsidRDefault="00870B94" w:rsidP="00E92249">
       <w:pPr>
@@ -3502,403 +3330,176 @@
       </w:r>
       <w:r w:rsidR="001751E2">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>180</w:t>
       </w:r>
       <w:r w:rsidR="001751E2">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, pp. </w:t>
       </w:r>
       <w:r w:rsidR="004D09D2">
         <w:t>4-8, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA5115F" w14:textId="77777777" w:rsidR="0062155B" w:rsidRDefault="0062155B" w:rsidP="007C5FBB">
       <w:pPr>
         <w:pStyle w:val="ADYNACVAutores"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BE26E86" w14:textId="77777777" w:rsidR="0039618E" w:rsidRPr="0039618E" w:rsidRDefault="00FD759E" w:rsidP="00E16958">
+    <w:p w14:paraId="3B4155CD" w14:textId="0EE1BE51" w:rsidR="0039618E" w:rsidRPr="00267004" w:rsidRDefault="00267004" w:rsidP="00267004">
       <w:pPr>
         <w:pStyle w:val="ADYNACVAutores"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0039618E">
+      </w:pPr>
+      <w:r w:rsidRPr="00F213FE">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CB1D3C" w:rsidRPr="0039618E">
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD759E" w:rsidRPr="00F213FE">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="es-CO"/>
-[...42 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F213FE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Rojas</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD759E" w:rsidRPr="00F213FE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F213FE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reyes: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F213FE">
+        <w:t xml:space="preserve">is a BSc. Eng. in Metallurgical Engineering from the Universidad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F213FE">
+        <w:t>Pedagógica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F213FE">
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F213FE">
+        <w:t>Tecnológica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F213FE">
+        <w:t xml:space="preserve"> de Colombia. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>He earned his MSc. in</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Engineering Sciences, with a specialization in Extractive Metallurgy, from the Universidad de Concepción, Chile, and completed his DSc. In Engineering Sciences with a</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>focus on Materials Science at the Universidad Nacional de Colombia. He is</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>currently a Full Professor at the Universidad Nacional de Colombia, Medellín campus, and is a researcher at the CIMEX Mineral Institute. His research interests encompass the characterization of minerals, the hydrometallurgy of precious metals, the recovery of metals from waste materials, and the rheology</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>energéticos; análisis y pronóstico de series temporales no lineales utilizando técnicas de inteligencia estadística y computacional; y optimización mediante metaheurísticas.</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>of mineral suspensions.</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">ORCID: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F213FE">
+        <w:t>XX</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...230 lines deleted...]
-      </w:pPr>
+        <w:t>X.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3A51D4B9" w14:textId="4A534EB7" w:rsidR="000773BE" w:rsidRPr="0039618E" w:rsidRDefault="000773BE" w:rsidP="00EF42AD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000773BE" w:rsidRPr="0039618E" w:rsidSect="001032E0">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
       <w:pgMar w:top="958" w:right="958" w:bottom="958" w:left="958" w:header="709" w:footer="709" w:gutter="397"/>
       <w:cols w:num="2" w:space="227"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F0E55EF" w14:textId="77777777" w:rsidR="004D27FB" w:rsidRDefault="004D27FB" w:rsidP="0099410F">
+    <w:p w14:paraId="5F1F9EA2" w14:textId="77777777" w:rsidR="006659E8" w:rsidRDefault="006659E8" w:rsidP="0099410F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56E6AC5E" w14:textId="77777777" w:rsidR="004D27FB" w:rsidRDefault="004D27FB" w:rsidP="0099410F">
+    <w:p w14:paraId="63E88574" w14:textId="77777777" w:rsidR="006659E8" w:rsidRDefault="006659E8" w:rsidP="0099410F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4249,58 +3850,58 @@
         <w:lang w:val="es-CO"/>
       </w:rPr>
       <w:t xml:space="preserve">4. </w:t>
     </w:r>
     <w:r w:rsidR="00EB3FA8" w:rsidRPr="003A7469">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Medellín. ISSN </w:t>
     </w:r>
     <w:r w:rsidRPr="003A2D25">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>0120-3630</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="769B9692" w14:textId="77777777" w:rsidR="004D27FB" w:rsidRDefault="004D27FB" w:rsidP="0099410F">
+    <w:p w14:paraId="52E1A537" w14:textId="77777777" w:rsidR="006659E8" w:rsidRDefault="006659E8" w:rsidP="0099410F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CA138C1" w14:textId="77777777" w:rsidR="004D27FB" w:rsidRDefault="004D27FB" w:rsidP="0099410F">
+    <w:p w14:paraId="5A631921" w14:textId="77777777" w:rsidR="006659E8" w:rsidRDefault="006659E8" w:rsidP="0099410F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3F630052" w14:textId="03D2BC0B" w:rsidR="00870B94" w:rsidRPr="00EB3FA8" w:rsidRDefault="003A2D25" w:rsidP="00EB3FA8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="5103"/>
       </w:tabs>
       <w:spacing w:after="280"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
@@ -5004,155 +4605,146 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AB043C8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4644246C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo2"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo3"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo4"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo5"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo6"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo7"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo8"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo9"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C4C6377"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A7AA2D4"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019">
       <w:start w:val="1"/>
@@ -5937,155 +5529,146 @@
       <w:pStyle w:val="Ttulo8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C0928BF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B5529CC6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo2"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo3"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo4"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo5"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo6"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo7"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo8"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo9"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
@@ -6099,168 +5682,174 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009404B2"/>
     <w:rsid w:val="00034271"/>
     <w:rsid w:val="00046B5E"/>
     <w:rsid w:val="00051BA8"/>
     <w:rsid w:val="000532CF"/>
     <w:rsid w:val="00067316"/>
     <w:rsid w:val="000773BE"/>
     <w:rsid w:val="000A651C"/>
     <w:rsid w:val="000B4D09"/>
     <w:rsid w:val="000E43FD"/>
     <w:rsid w:val="000F3EB5"/>
     <w:rsid w:val="000F40F9"/>
     <w:rsid w:val="001032E0"/>
     <w:rsid w:val="001232D8"/>
     <w:rsid w:val="0013686A"/>
     <w:rsid w:val="001607F4"/>
     <w:rsid w:val="00167DAF"/>
     <w:rsid w:val="001751E2"/>
     <w:rsid w:val="00183848"/>
     <w:rsid w:val="001840D2"/>
     <w:rsid w:val="00190D9E"/>
     <w:rsid w:val="001A4669"/>
+    <w:rsid w:val="001A65D3"/>
     <w:rsid w:val="001B317C"/>
     <w:rsid w:val="001C21F1"/>
     <w:rsid w:val="001C633D"/>
     <w:rsid w:val="00231EC9"/>
     <w:rsid w:val="0023444D"/>
     <w:rsid w:val="00234EE5"/>
     <w:rsid w:val="00245E87"/>
     <w:rsid w:val="002611B1"/>
+    <w:rsid w:val="00267004"/>
     <w:rsid w:val="00273E7D"/>
     <w:rsid w:val="00276969"/>
     <w:rsid w:val="002A5239"/>
     <w:rsid w:val="002B12C5"/>
     <w:rsid w:val="002D514B"/>
     <w:rsid w:val="002E5B70"/>
     <w:rsid w:val="00350CEE"/>
     <w:rsid w:val="00372740"/>
     <w:rsid w:val="00381EA9"/>
     <w:rsid w:val="00384863"/>
     <w:rsid w:val="00386495"/>
     <w:rsid w:val="00392545"/>
     <w:rsid w:val="00395217"/>
     <w:rsid w:val="0039618E"/>
     <w:rsid w:val="0039696F"/>
     <w:rsid w:val="003A0FD6"/>
     <w:rsid w:val="003A2D25"/>
     <w:rsid w:val="003A7469"/>
     <w:rsid w:val="003B6567"/>
     <w:rsid w:val="003F0BFD"/>
     <w:rsid w:val="003F0C2E"/>
     <w:rsid w:val="003F37D3"/>
     <w:rsid w:val="004020BD"/>
     <w:rsid w:val="00420857"/>
+    <w:rsid w:val="00426C72"/>
     <w:rsid w:val="00431EA5"/>
     <w:rsid w:val="00455605"/>
     <w:rsid w:val="004616C4"/>
     <w:rsid w:val="00481248"/>
     <w:rsid w:val="004D09D2"/>
     <w:rsid w:val="004D27FB"/>
     <w:rsid w:val="004F7AA0"/>
     <w:rsid w:val="00507380"/>
     <w:rsid w:val="0050791F"/>
     <w:rsid w:val="00513590"/>
     <w:rsid w:val="00530880"/>
     <w:rsid w:val="00531475"/>
     <w:rsid w:val="00540DC1"/>
     <w:rsid w:val="00547AFD"/>
+    <w:rsid w:val="0055073D"/>
     <w:rsid w:val="00567B7F"/>
     <w:rsid w:val="0057073B"/>
     <w:rsid w:val="005917DE"/>
     <w:rsid w:val="0059674A"/>
     <w:rsid w:val="005A36E3"/>
     <w:rsid w:val="005B2A34"/>
     <w:rsid w:val="005D628F"/>
     <w:rsid w:val="005F313C"/>
     <w:rsid w:val="005F3241"/>
     <w:rsid w:val="00600412"/>
     <w:rsid w:val="00606A01"/>
     <w:rsid w:val="0061275F"/>
     <w:rsid w:val="00615616"/>
     <w:rsid w:val="0062155B"/>
     <w:rsid w:val="00622DA9"/>
     <w:rsid w:val="00625FAD"/>
     <w:rsid w:val="006314C9"/>
     <w:rsid w:val="00633050"/>
+    <w:rsid w:val="006659E8"/>
     <w:rsid w:val="00681624"/>
     <w:rsid w:val="006903C4"/>
     <w:rsid w:val="006A51BC"/>
     <w:rsid w:val="006E6F40"/>
     <w:rsid w:val="006F791B"/>
     <w:rsid w:val="007102A0"/>
+    <w:rsid w:val="00720058"/>
     <w:rsid w:val="00745030"/>
     <w:rsid w:val="00752300"/>
     <w:rsid w:val="0076586D"/>
     <w:rsid w:val="007C5FBB"/>
     <w:rsid w:val="007D0C80"/>
     <w:rsid w:val="007D1AD2"/>
     <w:rsid w:val="007D779A"/>
     <w:rsid w:val="0080081C"/>
     <w:rsid w:val="00812A63"/>
     <w:rsid w:val="00824A6D"/>
     <w:rsid w:val="00832F4D"/>
     <w:rsid w:val="008477DD"/>
     <w:rsid w:val="00870B94"/>
     <w:rsid w:val="0087337D"/>
     <w:rsid w:val="008961BB"/>
     <w:rsid w:val="008B284A"/>
     <w:rsid w:val="008E0E66"/>
     <w:rsid w:val="009136B9"/>
     <w:rsid w:val="00921E92"/>
     <w:rsid w:val="009255F8"/>
     <w:rsid w:val="0092607C"/>
     <w:rsid w:val="009260AE"/>
     <w:rsid w:val="009404B2"/>
     <w:rsid w:val="00955314"/>
     <w:rsid w:val="00964991"/>
@@ -6270,93 +5859,97 @@
     <w:rsid w:val="009C19E1"/>
     <w:rsid w:val="009C229D"/>
     <w:rsid w:val="009C4B5C"/>
     <w:rsid w:val="009C6137"/>
     <w:rsid w:val="009C7D1C"/>
     <w:rsid w:val="009D1294"/>
     <w:rsid w:val="00A063D6"/>
     <w:rsid w:val="00A06E3E"/>
     <w:rsid w:val="00A12860"/>
     <w:rsid w:val="00A339A5"/>
     <w:rsid w:val="00A4275D"/>
     <w:rsid w:val="00A44551"/>
     <w:rsid w:val="00A4713A"/>
     <w:rsid w:val="00A51F45"/>
     <w:rsid w:val="00A60E69"/>
     <w:rsid w:val="00A61586"/>
     <w:rsid w:val="00A64BE2"/>
     <w:rsid w:val="00A721C0"/>
     <w:rsid w:val="00AD250B"/>
     <w:rsid w:val="00AE3AA3"/>
     <w:rsid w:val="00AF7CFB"/>
     <w:rsid w:val="00B1380A"/>
     <w:rsid w:val="00B17492"/>
     <w:rsid w:val="00B21FAD"/>
     <w:rsid w:val="00B25DBB"/>
+    <w:rsid w:val="00B62E64"/>
     <w:rsid w:val="00B744FF"/>
     <w:rsid w:val="00B749AA"/>
     <w:rsid w:val="00B93A58"/>
     <w:rsid w:val="00BB0EA6"/>
     <w:rsid w:val="00BB1683"/>
     <w:rsid w:val="00BB237F"/>
     <w:rsid w:val="00BB7DA2"/>
     <w:rsid w:val="00BC230A"/>
     <w:rsid w:val="00BC419B"/>
     <w:rsid w:val="00BD18E1"/>
     <w:rsid w:val="00BE0CCE"/>
     <w:rsid w:val="00C3475F"/>
     <w:rsid w:val="00C614E8"/>
     <w:rsid w:val="00C62630"/>
     <w:rsid w:val="00C627DC"/>
     <w:rsid w:val="00C63C47"/>
     <w:rsid w:val="00CA2938"/>
     <w:rsid w:val="00CB0142"/>
     <w:rsid w:val="00CB0CC9"/>
     <w:rsid w:val="00CB1D3C"/>
     <w:rsid w:val="00CC791A"/>
     <w:rsid w:val="00CD6899"/>
     <w:rsid w:val="00CE0D1B"/>
     <w:rsid w:val="00D063A4"/>
     <w:rsid w:val="00D2708D"/>
     <w:rsid w:val="00D270A5"/>
     <w:rsid w:val="00D45A25"/>
     <w:rsid w:val="00D47030"/>
     <w:rsid w:val="00DA7D2E"/>
     <w:rsid w:val="00DC2FA9"/>
     <w:rsid w:val="00DC40AB"/>
     <w:rsid w:val="00DD28F7"/>
     <w:rsid w:val="00E10CE5"/>
     <w:rsid w:val="00E13CBE"/>
     <w:rsid w:val="00E82B0B"/>
     <w:rsid w:val="00E92249"/>
     <w:rsid w:val="00E929E3"/>
     <w:rsid w:val="00EB3FA8"/>
     <w:rsid w:val="00EF42AD"/>
+    <w:rsid w:val="00F213FE"/>
+    <w:rsid w:val="00F40699"/>
     <w:rsid w:val="00F45896"/>
     <w:rsid w:val="00F45A05"/>
     <w:rsid w:val="00F7717D"/>
     <w:rsid w:val="00F822F1"/>
+    <w:rsid w:val="00FA14B6"/>
     <w:rsid w:val="00FA5AEB"/>
     <w:rsid w:val="00FA7D61"/>
     <w:rsid w:val="00FD0C5F"/>
     <w:rsid w:val="00FD759E"/>
     <w:rsid w:val="00FE0D0C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
@@ -7732,50 +7325,76 @@
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="1647858650">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="276523677">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2044162139">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2111120722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/customizations.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/attachedToolbars" Target="attachedToolbars.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -8074,67 +7693,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97BE766D-C45D-401F-90B0-DD9CBAFB0B2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1476</Words>
-  <Characters>8120</Characters>
+  <Words>1366</Words>
+  <Characters>7513</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>RevolucionUnattended</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9577</CharactersWithSpaces>
+  <CharactersWithSpaces>8862</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Amilkar Alvarez</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>