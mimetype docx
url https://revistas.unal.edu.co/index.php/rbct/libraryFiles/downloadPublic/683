--- v0 (2025-12-24)
+++ v1 (2026-02-12)
@@ -613,1089 +613,784 @@
     <w:p w14:paraId="1B44A49D" w14:textId="77777777" w:rsidR="00EF60F3" w:rsidRPr="000C7D0F" w:rsidRDefault="0010216F" w:rsidP="001B2A3F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C7D0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Que, en caso de ser publicado el artículo, transfieren todos los derechos de autor al editor, sin cuyo permiso expreso no podrá reproducirse ninguno de los materiales publicados en la misma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336BEAAF" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRDefault="000C7D0F" w:rsidP="001B2A3F">
+    <w:p w14:paraId="336BEAAF" w14:textId="3F9C0478" w:rsidR="000C7D0F" w:rsidRDefault="000C7D0F" w:rsidP="001B2A3F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>El tema del artículo se enmarca dentro de las áreas de (seleccionar de las siguientes):</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5F64526C" w14:textId="77777777" w:rsidR="00CC46F0" w:rsidRDefault="00CC46F0" w:rsidP="00CC46F0">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2783"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="3526"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="2825"/>
         <w:gridCol w:w="283"/>
       </w:tblGrid>
       <w:tr w:rsidR="002541AF" w:rsidRPr="008359F2" w14:paraId="5208863D" w14:textId="77777777" w:rsidTr="008359F2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2783" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E1718A2" w14:textId="7178E150" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="4E1718A2" w14:textId="154A5AF1" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736E9D">
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Geodinámica</w:t>
+              <w:t>Estratigrafía, sedimentología, estructura y evolución de cuencas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6718EF9E" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="000C7D0F" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3526" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="42AD6866" w14:textId="00E973D7" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="42AD6866" w14:textId="375C95E6" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Geología regional</w:t>
+              <w:t>Tectónica, modelamiento sismo -tectónico y geodinámico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="118AEF64" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="000C7D0F" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2825" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0E9D1B" w14:textId="57A19A96" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="1A0E9D1B" w14:textId="65C2A6B1" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Paleontología</w:t>
+              <w:t>Hidrogeología, oceanografía y geotermia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DADDD1D" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRPr="008359F2" w:rsidRDefault="000C7D0F" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002541AF" w:rsidRPr="008359F2" w14:paraId="4695DE21" w14:textId="77777777" w:rsidTr="008359F2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2783" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2C12B0CC" w14:textId="7DC92748" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="2C12B0CC" w14:textId="71407ECA" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736E9D">
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Geofísica</w:t>
+              <w:t>Geología económica, metalogénesis, génesis y reservorios de hidrocarburos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64154565" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="000C7D0F" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3526" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F1411E1" w14:textId="664EC742" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="1F1411E1" w14:textId="6FE07AAB" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Geomorfología</w:t>
+              <w:t>Aplicaciones de software e inteligencia artificial en ciencias de la Tierra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FFEA493" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="000C7D0F" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2825" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="46FC9250" w14:textId="73BEDB97" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="46FC9250" w14:textId="3A5DFFF3" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Vulcanología</w:t>
+              <w:t>Paleontología, paleoclimatología, geología del Cuaternario y geoarqueología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6285EB04" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRPr="008359F2" w:rsidRDefault="000C7D0F" w:rsidP="008359F2">
+          <w:p w14:paraId="6285EB04" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRPr="00CC46F0" w:rsidRDefault="000C7D0F" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002541AF" w:rsidRPr="00607DF6" w14:paraId="62ED23C7" w14:textId="77777777" w:rsidTr="008359F2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2783" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7E77847B" w14:textId="5F4A0D24" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="7E77847B" w14:textId="204BDEFC" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00736E9D">
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Georecursos</w:t>
+              <w:t>Geoquímica y geofísica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A22637C" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="000C7D0F" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3526" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="244F6F2E" w14:textId="580D8E43" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="244F6F2E" w14:textId="39C6FBBD" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Geotecnia</w:t>
+              <w:t>Recursos naturales y sostenibilidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1668F71A" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="000C7D0F" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2825" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="53DC6D8C" w14:textId="339404F2" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="53DC6D8C" w14:textId="371CF0F3" w:rsidR="000C7D0F" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Estratigrafía</w:t>
+              <w:t>Vulcanología, petrología ígnea y metamórfica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4A636A2D" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRPr="008359F2" w:rsidRDefault="000C7D0F" w:rsidP="008359F2">
+          <w:p w14:paraId="4A636A2D" w14:textId="77777777" w:rsidR="000C7D0F" w:rsidRPr="00CC46F0" w:rsidRDefault="000C7D0F" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00736E9D" w:rsidRPr="00607DF6" w14:paraId="78CCE510" w14:textId="77777777" w:rsidTr="00736E9D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2783" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="637C237C" w14:textId="5859B3E2" w:rsidR="00736E9D" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="637C237C" w14:textId="02D32FC3" w:rsidR="00736E9D" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Geografía</w:t>
+              <w:t>Minería, mineralogía, metalurgia y extracción de recursos minerales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C6A3FE3" w14:textId="77777777" w:rsidR="00736E9D" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3526" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0321BA44" w14:textId="71BA0D3A" w:rsidR="00736E9D" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="0321BA44" w14:textId="55DAF241" w:rsidR="00736E9D" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Geología ambiental</w:t>
+              <w:t>Geomorfología, amenazas geológicas, geología ambiental, investigación de suelos, cambio climático y patrimonio geológico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FF36B2A" w14:textId="77777777" w:rsidR="00736E9D" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2825" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78630765" w14:textId="15ACAB07" w:rsidR="00736E9D" w:rsidRPr="00736E9D" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="78630765" w14:textId="2439936B" w:rsidR="00736E9D" w:rsidRPr="00736E9D" w:rsidRDefault="00CC46F0" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CC46F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Petrografía</w:t>
+              <w:t>Aprovechamiento y explotación de recursos minerales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1F9612" w14:textId="77777777" w:rsidR="00736E9D" w:rsidRPr="008359F2" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
+          <w:p w14:paraId="0A1F9612" w14:textId="77777777" w:rsidR="00736E9D" w:rsidRPr="00CC46F0" w:rsidRDefault="00736E9D" w:rsidP="008359F2">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...22 lines deleted...]
-                <w:szCs w:val="22"/>
                 <w:lang w:val="es-CO"/>
-              </w:rPr>
-[...292 lines deleted...]
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F3D9176" w14:textId="77777777" w:rsidR="006E6423" w:rsidRPr="000C7D0F" w:rsidRDefault="006E6423" w:rsidP="006E6423">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C7D0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
@@ -2030,50 +1725,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>asume los derechos exclusivos para editar, publicar, reproducir, distribuir copias, preparar trabajos derivados en papel, electrónicos o multimedia e incluir el artículo en índices nacionales e internacionales o bases de datos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B587E91" w14:textId="5B9F02C0" w:rsidR="001E2BEB" w:rsidRDefault="008C11F1" w:rsidP="00736CC2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C7D0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Y una vez aceptado el artículo para publicar, los autores consentimos ser</w:t>
       </w:r>
       <w:r w:rsidR="008C780E" w:rsidRPr="000C7D0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vir como</w:t>
       </w:r>
       <w:r w:rsidRPr="000C7D0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> evaluadores de </w:t>
       </w:r>
       <w:r w:rsidR="00B53C75" w:rsidRPr="000C7D0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">otros </w:t>
@@ -2188,51 +1884,50 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>internacionales expertos en el tema a:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77DBAF1D" w14:textId="77777777" w:rsidR="001E2BEB" w:rsidRPr="00E2662B" w:rsidRDefault="001E2BEB" w:rsidP="001E2BEB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E2662B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00111084" w:rsidRPr="00E2662B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anotar de los</w:t>
       </w:r>
       <w:r w:rsidRPr="00E2662B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00111084" w:rsidRPr="00E2662B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>jurados</w:t>
@@ -3321,51 +3016,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: ___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48043684" w14:textId="77777777" w:rsidR="00E2662B" w:rsidRDefault="00E2662B" w:rsidP="00E2662B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Institución Laboral: _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14C999CD" w14:textId="3B96B175" w:rsidR="00C02001" w:rsidRPr="000C7D0F" w:rsidRDefault="00E2662B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dirección electrónica: _______________________________________________</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C02001" w:rsidRPr="000C7D0F" w:rsidSect="008C11F1">
@@ -3831,52 +3525,52 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00322488"/>
     <w:rsid w:val="000159CA"/>
     <w:rsid w:val="0003053A"/>
     <w:rsid w:val="00034749"/>
     <w:rsid w:val="0003532D"/>
     <w:rsid w:val="00060175"/>
     <w:rsid w:val="000652A7"/>
     <w:rsid w:val="00087336"/>
     <w:rsid w:val="000A2478"/>
     <w:rsid w:val="000A49CF"/>
     <w:rsid w:val="000A7E98"/>
@@ -4029,89 +3723,91 @@
     <w:rsid w:val="00B4450B"/>
     <w:rsid w:val="00B460D8"/>
     <w:rsid w:val="00B53C75"/>
     <w:rsid w:val="00B82485"/>
     <w:rsid w:val="00B84DCB"/>
     <w:rsid w:val="00B973BB"/>
     <w:rsid w:val="00BC165D"/>
     <w:rsid w:val="00BC37A6"/>
     <w:rsid w:val="00BE0A03"/>
     <w:rsid w:val="00BE125D"/>
     <w:rsid w:val="00BE4A0A"/>
     <w:rsid w:val="00BF1675"/>
     <w:rsid w:val="00BF1920"/>
     <w:rsid w:val="00C02001"/>
     <w:rsid w:val="00C14DF7"/>
     <w:rsid w:val="00C21FDF"/>
     <w:rsid w:val="00C43964"/>
     <w:rsid w:val="00C453EF"/>
     <w:rsid w:val="00C64B0A"/>
     <w:rsid w:val="00C65AC6"/>
     <w:rsid w:val="00C7293B"/>
     <w:rsid w:val="00C90F04"/>
     <w:rsid w:val="00C91434"/>
     <w:rsid w:val="00C92CBE"/>
     <w:rsid w:val="00CA066F"/>
+    <w:rsid w:val="00CC46F0"/>
     <w:rsid w:val="00CC799A"/>
     <w:rsid w:val="00CE4C88"/>
     <w:rsid w:val="00D06131"/>
     <w:rsid w:val="00D22642"/>
     <w:rsid w:val="00D26CBA"/>
     <w:rsid w:val="00D2744F"/>
     <w:rsid w:val="00D418D9"/>
     <w:rsid w:val="00D45A0C"/>
     <w:rsid w:val="00D46246"/>
     <w:rsid w:val="00D4736B"/>
     <w:rsid w:val="00D55903"/>
     <w:rsid w:val="00D66C63"/>
     <w:rsid w:val="00D75EF3"/>
     <w:rsid w:val="00D7672C"/>
     <w:rsid w:val="00D76ACA"/>
     <w:rsid w:val="00D77B88"/>
     <w:rsid w:val="00D958FF"/>
     <w:rsid w:val="00DA03FC"/>
     <w:rsid w:val="00DB5084"/>
     <w:rsid w:val="00DC01AC"/>
     <w:rsid w:val="00DE3675"/>
     <w:rsid w:val="00DE3FCE"/>
     <w:rsid w:val="00DF16DC"/>
     <w:rsid w:val="00DF2EBA"/>
     <w:rsid w:val="00E067E3"/>
     <w:rsid w:val="00E10DF4"/>
     <w:rsid w:val="00E13064"/>
     <w:rsid w:val="00E156F8"/>
     <w:rsid w:val="00E230BC"/>
     <w:rsid w:val="00E2436E"/>
     <w:rsid w:val="00E2662B"/>
     <w:rsid w:val="00E4177E"/>
     <w:rsid w:val="00E46140"/>
     <w:rsid w:val="00E469C3"/>
     <w:rsid w:val="00E61631"/>
     <w:rsid w:val="00E61AA9"/>
     <w:rsid w:val="00E9065E"/>
     <w:rsid w:val="00E93089"/>
     <w:rsid w:val="00E93781"/>
+    <w:rsid w:val="00EB52B1"/>
     <w:rsid w:val="00EF60F3"/>
     <w:rsid w:val="00F148FD"/>
     <w:rsid w:val="00F16E49"/>
     <w:rsid w:val="00F233D6"/>
     <w:rsid w:val="00F2798F"/>
     <w:rsid w:val="00F42EDA"/>
     <w:rsid w:val="00F50F43"/>
     <w:rsid w:val="00F5474F"/>
     <w:rsid w:val="00F547C6"/>
     <w:rsid w:val="00F66B92"/>
     <w:rsid w:val="00F74D1C"/>
     <w:rsid w:val="00FA7C93"/>
     <w:rsid w:val="00FB5D45"/>
     <w:rsid w:val="00FB7D1E"/>
     <w:rsid w:val="00FC11F1"/>
     <w:rsid w:val="00FD22AE"/>
     <w:rsid w:val="00FF3678"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -4547,50 +4243,102 @@
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="144323594">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="420219972">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1187137383">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1330212311">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1929189063">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -4822,69 +4570,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>849</Words>
-  <Characters>4671</Characters>
+  <Words>924</Words>
+  <Characters>5082</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
+  <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Modelo de carta de presentación</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universidad Nacional De Colombia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5509</CharactersWithSpaces>
+  <CharactersWithSpaces>5995</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modelo de carta de presentación</dc:title>
   <dc:subject/>
   <dc:creator>Monica</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>