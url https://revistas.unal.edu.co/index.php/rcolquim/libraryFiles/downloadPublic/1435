--- v0 (2025-12-29)
+++ v1 (2026-03-21)
@@ -1,7271 +1,6753 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="image/x-wmf" Extension="wmf"/>
-[...18 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml" PartName="/word/commentsExtended.xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
-[...3 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="005C72C0">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75.0" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+    </w:p>
+    <w:p w14:paraId="00000002" w14:textId="62B93E2E" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:tag w:val="goog_rdk_0"/>
+          <w:id w:val="-269544638"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:commentRangeStart w:id="0"/>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve">Title in </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED20CD">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ain </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED20CD">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:t>anguage (English)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRPr="00ED20CD" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Título en un segundo idioma (español)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRPr="00ED20CD" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo"/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Título em uma terceira linguagem (português</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="0"/>
+      <w:r>
+        <w:commentReference w:id="0"/>
+      </w:r>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:tag w:val="goog_rdk_1"/>
+          <w:id w:val="-796064004"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:commentRangeStart w:id="1"/>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Full names and surnames of the first author,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1* </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>full names and surnames of the second author</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>and full names and surnames of the third author</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Institution. Country and city of residence. Email.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Institution. Country and city of residence. Email.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Institution. Country and city of residence. Email.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*Corresponding author</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="1"/>
+      <w:r>
+        <w:commentReference w:id="1"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>author@correo.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000A" w14:textId="0845A23D" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Received: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">day/month/year. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Last re</w:t>
+      </w:r>
+      <w:r w:rsidR="00963824">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>view</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">day/month/year. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accepted: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>day/ month /year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000B" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000C" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">The abstract should be a maximum of 200 words. It should include the research purposes, materials and methods, relevant results (providing specific data and, if possible, their statistical significance), and the main conclusions without including bibliographic citations. Emphasis should be placed on new and important aspects of the study. Descriptive abstracts (where no data </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> presented) should be avoided; instead, an analytical abstract (where the relevant data obtained from the research </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> presented) should be presented. The abstract should always be presented in English, Spanish (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>), and Portuguese (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>), regardless of the language of the article. Abbreviations or acronyms used and described in the abstract should be re-described for the first time in the body of the text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keywords: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>List 3 to 6 keywords, separated by semicolons. Words used in the manuscript title should not be used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRPr="00ED20CD" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRPr="00ED20CD" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>El resumen debe tener máximo 200 palabras. Deben mencionarse los propósitos de la investigación, los materiales y métodos, los resultados relevantes (proporcionando datos específicos y, de ser posible, su significación estadística), y las conclusiones principales sin incluir citas bibliográficas. Se debe hacer énfasis en los aspectos nuevos e importantes del estudio. Debe evitar presentarse un resumen descriptivo (aquel donde no se presentan datos), en cambio, debe presentarse un resumen analítico (aquel en donde se presentan los datos relevantes obtenidos en la investigación).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000010" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRPr="00ED20CD" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>: deben listarse de 3 a 6 palabras clave separadas con punto y coma. Las palabras usadas en el título del manuscrito no deben usarse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRPr="00ED20CD" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000012" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRPr="00ED20CD" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>O resumo não deve exceder 200 palavras. Ele deve mencionar os objetivos da pesquisa, os materiais e métodos, os resultados relevantes (fornecendo dados específicos e, se possível, sua significância estatística) e as principais conclusões, sem incluir citações bibliográficas. A ênfase deve ser colocada em aspectos novos e importantes do estudo. Deve-se evitar um resumo descritivo (em que não são apresentados dados); em vez disso, deve-se apresentar um resumo analítico (em que são apresentados os dados relevantes obtidos na pesquisa).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000013" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRPr="00ED20CD" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Palavras-chave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>: Devem ser listadas de 3 a 6 palavras-chave, separadas por ponto e vírgula. As palavras usadas no título do manuscrito não devem ser usadas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000014" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Introduction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>The logical basis for the work developed should be presented. Only strictly relevant references should be included, and no data or conclusions from the work being published should be included. The contribution that the research makes to knowledge in the field should be mentioned, and the objective of the work should be presented at the end.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000016" w14:textId="12AD5A58" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Materials and </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED20CD">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ethods</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000017" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>This section should include the equipment used, including the manufacturer's name and country. Procedures should be sufficiently detailed to allow other professionals to reproduce the research. New or substantially modified methods should be described, justifying their use and assessing their limitations. References to the methodology and statistical methods should be included.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000018" w14:textId="288637A5" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Results and </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED20CD">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iscussion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t xml:space="preserve">This is a single section. However, if you find it appropriate to divide it into two sections, one containing the results and the other the discussion, you may do so. The results should be presented in a logical order consistent with the order of the methods. Results that contribute to the generation of new knowledge should be highlighted. Information contained in tables should not be repeated in figures and vice versa. The discussion should highlight new and relevant aspects of the study and avoid repeating information already provided in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. It is recommended to evaluate possible relationships between the results obtained, evaluate them in relation to those obtained by other authors, and propose hypotheses that explain the data obtained.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001A" w14:textId="3C3B9C6D" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>In both sections</w:t>
+      </w:r>
+      <w:r w:rsidR="002944B4">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> you can use subsections:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001B" w14:textId="7A1CA287" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Main </w:t>
+      </w:r>
+      <w:r w:rsidR="002944B4">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ubtitle</w:t>
+      </w:r>
+      <w:r w:rsidR="002944B4">
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001C" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>For main subtitles, use Times New Roman 12, bold, and italic. Subtitles are not numbered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001D" w14:textId="3FE2E7CD" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Secondary </w:t>
+      </w:r>
+      <w:r w:rsidR="002944B4">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ubtitle</w:t>
+      </w:r>
+      <w:r w:rsidR="002944B4">
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>For secondary subtitles, use Times New Roman 12, italics. Secondary subtitles are not numbered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001F" w14:textId="6C0E3888" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tables and </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED20CD">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:t>igures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000020" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tables and figures must be included in the body of the article, in the corresponding order of appearance. Both tables and figures must be self-contained (able to be interpreted without referring to the body of the article). Therefore, the figure legend, title, or footnote should contain the keys, abbreviations, and other necessary explanations. If the keys from a previous table or figure are repeated, this must be noted. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000021" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>It is recommended to provide, in addition to the averages, standard deviations, and other statistical information relevant to the data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>This format only supports tables and figures. Avoid classifying images as anything other than “figures” (images, photos, diagrams, schemes, maps, graphs, and any other graphic material).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Figures created in Excel or Word must be submitted in those programs (editable).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000024" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Avoid redundancy between tables, figures</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000025" w14:textId="228DB945" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The label for each table should appear at the top of the table</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for figures</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it should appear </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the footnote.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000026" w14:textId="3C404911" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If references to figures or tables are made within the text, they should be written with an initial </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>capital</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> letter and in bold, both for manuscripts in English and Spanish: “as can be seen in </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3738">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Figure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, “according to </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3738">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ables 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, “as shown in </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3738">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">igures 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000027" w14:textId="3DC40230" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Avoid isolated figures: group figures with related information into compound figures labeled with letters (</w:t>
+      </w:r>
+      <w:r w:rsidR="002944B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">igure 1A, </w:t>
+      </w:r>
+      <w:r w:rsidR="002944B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">igure 3B, or </w:t>
+      </w:r>
+      <w:r w:rsidR="002944B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>igures 1A</w:t>
+      </w:r>
+      <w:r w:rsidR="002944B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1F). Figures should always be labeled with capital letters.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000028" w14:textId="56D57CD7" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If an article contains reproduced tables or figures (even if they are from the same author), it is mandatory to declare the source and have permission to use them. They must be cited with the numeric reference at the end of the title; it is optional to write permission from the person who obtained the rights: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure 3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Photon</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>deflection directions</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>. Taken from [X],</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>with permission of John Wiley</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. In case of figures or tables with modifications, write: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Adapted from [X].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The full reference must be included in the article's </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section. If the table or figure is your own work, it is not necessary to cite them</w:t>
+      </w:r>
+      <w:r w:rsidR="002944B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this is assumed in the absence of a reference.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000029" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Figures must have a minimum resolution of 300 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dpi</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and be legible. The Journal will not edit figures; that is the responsibility of the authors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000002A" w14:textId="7255A5E0" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Table 1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Chemical analysis and Cu-Ni ratio of the prepared catalysts. Table titles appear at the top of the table, in Times New Roman 10, single-spaced, with the label “Table 1” in bold, followed by a period, followed by the table title.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0939">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0939" w:rsidRPr="00AE0939">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In each column of the table, the number of decimal places must be uniform.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a"/>
+        <w:tblW w:w="9749" w:type="dxa"/>
+        <w:tblInd w:w="-115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2095"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1275"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AE0939" w14:paraId="040DDEB6" w14:textId="77777777" w:rsidTr="00AE0939">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000002B" w14:textId="77777777" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sample: DL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000002C" w14:textId="221BE2BF" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>23 – 0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000002D" w14:textId="327781B3" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>21 – 0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000002E" w14:textId="58D75D85" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>31 – 0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000002F" w14:textId="648EE1F4" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>35 – 0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000030" w14:textId="5B5C0BCE" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>41 – 0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000031" w14:textId="0F206521" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>45 – 0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE0939" w14:paraId="2325ACB5" w14:textId="77777777" w:rsidTr="00AE0939">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000032" w14:textId="77777777" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cu (% </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>w/w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000033" w14:textId="7E4C9726" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000034" w14:textId="723D783B" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000035" w14:textId="6449BA96" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000036" w14:textId="0E552749" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000037" w14:textId="7FC9165E" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000038" w14:textId="0DFA960A" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE0939" w14:paraId="775F6541" w14:textId="77777777" w:rsidTr="00AE0939">
+        <w:trPr>
+          <w:trHeight w:val="526"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000039" w14:textId="77777777" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ni (% </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>w/w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000003A" w14:textId="5E0EF151" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000003B" w14:textId="40DA83B8" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000003C" w14:textId="2B2873AF" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000003D" w14:textId="3730EFB0" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000003E" w14:textId="2A72D3C1" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000003F" w14:textId="3F071D3C" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE0939" w14:paraId="21BC7616" w14:textId="77777777" w:rsidTr="00AE0939">
+        <w:trPr>
+          <w:trHeight w:val="756"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000040" w14:textId="77777777" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CuO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NiO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000041" w14:textId="160C759C" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000042" w14:textId="0917F4B5" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000043" w14:textId="520EE313" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000044" w14:textId="36F11E7F" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000045" w14:textId="334E4108" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000046" w14:textId="39FDC866" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE0939" w14:paraId="560AED0D" w14:textId="77777777" w:rsidTr="00AE0939">
+        <w:trPr>
+          <w:trHeight w:val="798"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000047" w14:textId="77777777" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cu-Ni molar ratio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000048" w14:textId="487D9F76" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>10 – 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000049" w14:textId="438CD22D" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>30 – 132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000004A" w14:textId="303C804E" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>10 – 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000004B" w14:textId="1EE309F7" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>85 – 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000004C" w14:textId="5D5628D4" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>91 – 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000004D" w14:textId="2A5AA9CD" w:rsidR="00AE0939" w:rsidRPr="00AE0939" w:rsidRDefault="00AE0939" w:rsidP="00AE0939">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>00 – 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0939">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0000004E" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>DL: diameter-length.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000004F" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>RK: relevant keys or nomenclature must be added to the table footer in Times New Roman 10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000050" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:object w:dxaOrig="7245" w:dyaOrig="5790" w14:anchorId="4C00424A">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
-            <v:path o:connecttype="rect" o:extrusionok="f" gradientshapeok="t"/>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-        </w:pict>
-[...61 lines deleted...]
-        <w:widowControl w:val="1"/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:362.4pt;height:289.9pt" o:ole="">
+            <v:imagedata r:id="rId11" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Origin50.Graph" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1834307457" r:id="rId12"/>
+        </w:object>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000051" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...145 lines deleted...]
-          <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...12 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure 1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...2685 lines deleted...]
-        <w:widowControl w:val="1"/>
+        </w:rPr>
+        <w:t>CO conversion as a function of temperature for different pellet diameter-length values. Figures are labeled below in Times New Roman 10, single-spaced.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000052" w14:textId="7126A3B5" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Equations</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0939">
+        <w:t xml:space="preserve"> and chemical reactions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000053" w14:textId="6E525D81" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...40 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>For equations</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2D04">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use the abbreviation Eq. (1) instead of equation 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000054" w14:textId="64B94358" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...40 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>All equations</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0939">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and reactions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be numbered and mentioned in the text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000055" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...40 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Equations that have not been described should not appear.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000056" w14:textId="5754184A" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...69 lines deleted...]
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">All abbreviations must be explained. If they have already been explained in another equation, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2D04">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which abbreviations and in which </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2D04">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>equation they are used</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must </w:t>
+      </w:r>
+      <w:r>
+        <w:t>be explicitly mentioned</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2D04">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000057" w14:textId="7E3D838B" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The amount of 4-nitrophenol adsorbed at equilibrium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
-          <w:rtl w:val="0"/>
-[...9 lines deleted...]
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(mmol·g</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
-          <w:rtl w:val="0"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) was calculated using Eq. (1):</w:t>
+        </w:rPr>
+        <w:t>-1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) was calculated using Eq. (1):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table2"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="-108.0" w:type="dxa"/>
+        <w:tblStyle w:val="a0"/>
+        <w:tblW w:w="8828" w:type="dxa"/>
+        <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7195"/>
         <w:gridCol w:w="1633"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005C72C0" w14:paraId="65E4FA34" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7195" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+          <w:p w14:paraId="00000058" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:cs="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math"/>
-[...3 lines deleted...]
-                <w:strike w:val="0"/>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <m:oMath>
-[...280 lines deleted...]
-            </w:r>
+            <m:oMathPara>
+              <m:oMath>
+                <m:sSub>
+                  <m:sSubPr>
+                    <m:ctrlPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </m:ctrlPr>
+                  </m:sSubPr>
+                  <m:e>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                      <m:t>q</m:t>
+                    </m:r>
+                  </m:e>
+                  <m:sub>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                      <m:t>e</m:t>
+                    </m:r>
+                  </m:sub>
+                </m:sSub>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <m:t>=</m:t>
+                </m:r>
+                <m:f>
+                  <m:fPr>
+                    <m:ctrlPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </m:ctrlPr>
+                  </m:fPr>
+                  <m:num>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                      <m:t>V</m:t>
+                    </m:r>
+                    <m:d>
+                      <m:dPr>
+                        <m:ctrlPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                        </m:ctrlPr>
+                      </m:dPr>
+                      <m:e>
+                        <m:sSub>
+                          <m:sSubPr>
+                            <m:ctrlPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </m:ctrlPr>
+                          </m:sSubPr>
+                          <m:e>
+                            <m:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <m:t>C</m:t>
+                            </m:r>
+                          </m:e>
+                          <m:sub>
+                            <m:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <m:t>0</m:t>
+                            </m:r>
+                          </m:sub>
+                        </m:sSub>
+                        <m:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                          <m:t>-</m:t>
+                        </m:r>
+                        <m:sSub>
+                          <m:sSubPr>
+                            <m:ctrlPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </m:ctrlPr>
+                          </m:sSubPr>
+                          <m:e>
+                            <m:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <m:t>C</m:t>
+                            </m:r>
+                          </m:e>
+                          <m:sub>
+                            <m:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <m:t>e</m:t>
+                            </m:r>
+                          </m:sub>
+                        </m:sSub>
+                      </m:e>
+                    </m:d>
+                  </m:num>
+                  <m:den>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                      <m:t>m</m:t>
+                    </m:r>
+                  </m:den>
+                </m:f>
+              </m:oMath>
+            </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1633" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+          <w:p w14:paraId="00000059" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-                <w:strike w:val="0"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">(1)</w:t>
+              </w:rPr>
+              <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
-[...39 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="0000005A" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Conclusions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000005B" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:r>
+        <w:t>This section must include at least one paragraph detailing the conclusions, which must be linked to the study's objectives. It is not appropriate to present the conclusions as a list of single sentences. Statements in the conclusions must be fully supported by the data. If acronyms are used in the conclusion and have already been defined in the text, there is no need to redefine them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000005C" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000005D" w14:textId="00C4FB08" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...40 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The journal </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0939">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is based on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the IEEE citation format (Institute of Electrical and Electronics Engineers).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000005E" w14:textId="52975121" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...53 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>If the article is in Spanish, the reference</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0939">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be in Spanish; if the article is in English, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be in English.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="0000005F" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...30 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">All references that have a DOI must include it (you can search for it by the article title at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidR="005C72C0">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
-            <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://www.crossref.org/</w:t>
+          <w:t>https://www.crossref.org/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...22 lines deleted...]
-        <w:widowControl w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000060" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...30 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Citations in the body of the text should be written as numbers in brackets according to their order of appearance; when you want to cite more than one reference at a time, use </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="green"/>
-          <w:u w:val="none"/>
-[...18 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>[1, 2]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> instead of </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="red"/>
-          <w:u w:val="none"/>
-[...18 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>[1] [2]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">; and </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="green"/>
-          <w:u w:val="none"/>
-[...18 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>[1–3]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> instead of </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="red"/>
-          <w:u w:val="none"/>
-[...18 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>[1] [2] [3]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="red"/>
-          <w:u w:val="none"/>
-[...18 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>[1, 2, 3]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="red"/>
-          <w:u w:val="none"/>
-[...28 lines deleted...]
-        <w:widowControl w:val="1"/>
+        </w:rPr>
+        <w:t>[1], [2], [3]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000061" w14:textId="67E4D281" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...18 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">To introduce references directly, it is correct to do so with the surname (only the surname, without the initial of the name) of the author or authors followed by the number, and not only with the number: </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="green"/>
-          <w:u w:val="none"/>
-[...18 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>“According to Narváez and Gutiérrez the pH of the mixture was… [3]”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, and not </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="red"/>
-          <w:u w:val="none"/>
-[...18 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>“According to [3], the pH of the mixture was…”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> nor “</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="red"/>
-          <w:u w:val="none"/>
-[...18 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>According to C. Narváez the pH of the mixture…[3]”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. It is also correct to omit the allusion </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="green"/>
-          <w:u w:val="none"/>
-[...18 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>“Some studies show that the pH of the mixture… [3]”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. The number can follow the author’s surname or at the end of the sentence. If a source is to be cited within the text that has more than two authors, the reference is written with </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...42 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: “</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="green"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">According to Narváez </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:highlight w:val="green"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">et al. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="green"/>
-          <w:u w:val="none"/>
-[...28 lines deleted...]
-        <w:widowControl w:val="1"/>
+        </w:rPr>
+        <w:t>the mixture was...</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0939">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0939">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>[3]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000062" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...30 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...29 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be organized in the same numerical order in which the references were included throughout the text.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
-[...4 lines deleted...]
-        <w:widowControl w:val="1"/>
+    <w:p w14:paraId="00000063" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...30 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">All citations must be in the </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...39 lines deleted...]
-        <w:widowControl w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and all references must have been used as a citation in the body of the text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000064" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...40 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Manuscripts must have a minimum of 25 references. Of the references from books and journals, at least 50% must be from the last 5 years and 30% from the last 2 years. National references should be limited to a maximum of 20% of the total references.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000065" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...40 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The correct abbreviations for “number” are Nº, No, No., or no. for English manuscripts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000066" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...30 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...29 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> list includes the abbreviation </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...29 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. when there are more than six authors. Up to six authors, all authors are written with the </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...18 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:t>initials</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> of their first name and surname, separated by a comma, except for the last author, which is separated by the conjunction “and”. If there are more than six authors, only the initial of the first name and surname of the first author are written, followed by </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...63 lines deleted...]
-        <w:widowControl w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000067" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Reference examples</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000068" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Journal articles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000069" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...40 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="705" w:hanging="705"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>If the article does not have a DOI but you want to include the link, do so by writing “Available:”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000006A" w14:textId="0E4BC06C" w:rsidR="005C72C0" w:rsidRPr="00ED20CD" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...52 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="705" w:hanging="705"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[1] M. A. Montgomery and M. Elimelech, “Water </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>And</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sanitation in Developing Countries: Including Health in the Equation</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0939">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E02DEE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Environ. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E02DEE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Sci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E02DEE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E02DEE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Technol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>., vol. 41, no. 1, pp. 17</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02DEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED20CD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24, 2007. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00E02DEE" w:rsidRPr="0029636E">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:lang w:val="nl-NL"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1021/es072435t</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E02DEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000006B" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Books</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000006C" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...30 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="705" w:hanging="705"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">[2] M. F. Suárez, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...51 lines deleted...]
-        <w:widowControl w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Physical and interfacial electrochemistry: a theoretical approach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Bogotá, National University of Colombia, 2011.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000006D" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Chapter in an edited book</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000006E" w14:textId="4B56A70B" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...98 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="705" w:hanging="705"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>[3] H. D. Ardila, R. González Fernández, B. L. Higuera, I. Redondo, and S. T. Martínez, “Protein Extraction and Gel-Based Separation Methods to Analyze Responses to Pathogens in Carnation (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE0939">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dianthus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE0939">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>caryophyllus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0939">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Methods in Molecular Biology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, J. Jorrin-Novo, S. Komatsu, W. Weckwerth and S. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Wienkoop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Eds., Totowa, NJ, Humana Press, 2013, pp. 573</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02DEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">591. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00694DD0" w:rsidRPr="007B4DCB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1007/978-1-62703-631-3_39</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00694DD0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000006F" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Thesis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000070" w14:textId="13D12D7E" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>It must be clarified whether it is a degree, master's degree, or doctorate.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7991">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7991" w:rsidRPr="00FE7991">
+        <w:t>Including the access link is</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7991">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7991" w:rsidRPr="00FE7991">
+        <w:t>optional, but preferred.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000071" w14:textId="1635D421" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...52 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="705" w:hanging="705"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[4] C. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cano</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Benítez, “Synthesis and characterization of MOFs anchored on cotton fabrics with potential antibacterial application</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7991">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>” master's thesis, National University of Colombia – Bogotá Campus, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000072" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Conferences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000073" w14:textId="3F9CFC25" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...86 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="705" w:hanging="705"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>[5] B. Moreno Murillo, Y. Hata Uribe, M. Rojas Cardozo, J. Marín Loaiza, J. Rincón Velandia, and C. Vásquez Londoño, “Proceedings of the 5th Ibero-American Congress of Natural Products, the 13th Colombian Congress of Phytochemistry, the 8th Colombian Congress of Chromatography</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7991">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5th Ibero-American Congress of Natural Products. Biodiversity, Paths and Horizons</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Tequendama Crowne Plaza Hotel, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000074" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000075" w14:textId="0B16F1E2" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...41 lines deleted...]
-      <w:lnNumType w:countBy="1" w:start="0" w:restart="newPage"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="705" w:hanging="705"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7991">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>[6] U. S. Secretary of Commerce, “Libro del Web de Química del NIST</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7991" w:rsidRPr="00FE7991">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE7991">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” 2017. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>[Online]. Available: http://webbook.nist.gov/chemistry/index.html.es. [Last access: 09/02/2018].</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="005C72C0">
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="680" w:footer="850" w:gutter="0"/>
+      <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...5 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="0" w:author="Usuario" w:date="2025-04-07T16:48:00Z" w:initials="">
+    <w:p w14:paraId="0000007E" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-          <w:strike w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="none"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">This information should be included, along with the acknowledgments, in a document attached to the manuscript.</w:t>
+        </w:rPr>
+        <w:t>The title should be concise and informative and no longer than 100 characters, including spaces.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Usuario" w:id="0" w:date="2025-04-07T16:48:00Z">
-[...4 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+  <w:comment w:id="1" w:author="Usuario" w:date="2025-03-31T16:08:00Z" w:initials="">
+    <w:p w14:paraId="0000007D" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-          <w:strike w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="none"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">The title should be concise and informative and no longer than 100 characters, including spaces.</w:t>
+        </w:rPr>
+        <w:t>This information should be included, along with the acknowledgments, in a document attached to the manuscript.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="0000007E" w15:done="0"/>
   <w15:commentEx w15:paraId="0000007D" w15:done="0"/>
-  <w15:commentEx w15:paraId="0000007E" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="0000007E" w16cid:durableId="0000007E"/>
+  <w16cid:commentId w16cid:paraId="0000007D" w16cid:durableId="0000007D"/>
+</w16cid:commentsIds>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7352FF21" w14:textId="77777777" w:rsidR="00F212D4" w:rsidRDefault="00F212D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2B434962" w14:textId="77777777" w:rsidR="00F212D4" w:rsidRDefault="00F212D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...4 lines deleted...]
-  <w:font w:name="Courier New"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
-    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
-    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{91DD71B3-EBAA-4578-BCE9-5962E8E7A443}"/>
   </w:font>
-  <w:font w:name="Ancizar Sans"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{CF19C9F1-FE4A-47AF-9C43-99FF5E0926C3}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{5E73829B-1203-4B2B-A94B-1F0C23779C0D}"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{34F28AC2-E37A-4B4D-B49D-27D9EC607C75}"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{2DCF8411-AFC9-490E-B8AC-16BA1A81AB3E}"/>
+    <w:embedItalic r:id="rId6" w:fontKey="{8EFE13CF-DFAB-4A6B-ADC0-9532096A5E71}"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria Math">
-    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId5" w:subsetted="0"/>
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{66B6427E-44D0-4876-BD5A-7B4081D83F2E}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{CEDCD8BD-9D71-4545-A96F-2FB5B56FF6BA}"/>
+  </w:font>
+  <w:font w:name="Ancizar Sans">
+    <w:panose1 w:val="020B0602040300000003"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{031866D5-5AA6-411E-B98C-1B1CFB1E2769}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="00000079" w14:textId="4A450119" w:rsidR="005C72C0" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4252"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:smallCaps/>
         <w:color w:val="000000"/>
-        <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:smallCaps/>
         <w:color w:val="000000"/>
-        <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
-      <w:instrText xml:space="preserve">PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:smallCaps/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:smallCaps/>
+        <w:color w:val="000000"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00ED20CD">
+      <w:rPr>
+        <w:smallCaps/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:smallCaps/>
+        <w:color w:val="000000"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+  </w:p>
+  <w:p w14:paraId="0000007A" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="005C72C0">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rtl w:val="0"/>
-[...29 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0000007B" w14:textId="2118AA2B" w:rsidR="005C72C0" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4252"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
-      <w:instrText xml:space="preserve">PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00ED20CD">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+  </w:p>
+  <w:p w14:paraId="0000007C" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="005C72C0">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rtl w:val="0"/>
-[...29 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="729A99BF" w14:textId="77777777" w:rsidR="00F212D4" w:rsidRDefault="00F212D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6A226E65" w14:textId="77777777" w:rsidR="00F212D4" w:rsidRDefault="00F212D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="00000076" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="005C72C0">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-      <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="Table3"/>
-[...3 lines deleted...]
-      <w:tblInd w:w="-108.0" w:type="dxa"/>
+      <w:tblStyle w:val="a1"/>
+      <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpX="6105" w:tblpY="13"/>
+      <w:tblW w:w="2628" w:type="dxa"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-        <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
-      <w:tblLook w:val="0400"/>
+      <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2628"/>
-      <w:tblGridChange w:id="0">
-[...3 lines deleted...]
-      </w:tblGridChange>
     </w:tblGrid>
-    <w:tr>
+    <w:tr w:rsidR="005C72C0" w14:paraId="405E64D1" w14:textId="77777777">
       <w:trPr>
-        <w:cantSplit w:val="1"/>
-[...1 lines deleted...]
-        <w:tblHeader w:val="0"/>
+        <w:cantSplit/>
+        <w:trHeight w:val="1134"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
+          <w:tcW w:w="2628" w:type="dxa"/>
           <w:tcBorders>
-            <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
-[...2 lines deleted...]
-            <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            <w:top w:val="nil"/>
+            <w:left w:val="nil"/>
+            <w:bottom w:val="nil"/>
+            <w:right w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+        <w:p w14:paraId="00000077" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="005C72C0">
           <w:pPr>
-            <w:spacing w:before="100" w:lineRule="auto"/>
+            <w:spacing w:before="100"/>
             <w:ind w:firstLine="708"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Ancizar Sans" w:cs="Ancizar Sans" w:eastAsia="Ancizar Sans" w:hAnsi="Ancizar Sans"/>
+              <w:rFonts w:ascii="Ancizar Sans" w:eastAsia="Ancizar Sans" w:hAnsi="Ancizar Sans" w:cs="Ancizar Sans"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+  <w:p w14:paraId="00000078" w14:textId="77777777" w:rsidR="005C72C0" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4252"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:u w:val="none"/>
-[...2 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">Author's last name 1, author's initial 1. (e.g., Díaz-Oviedo, D.); Author's last name 2, author's initial 2. (e.g., Quevedo, R.)</w:t>
+      <w:t>Author's last name 1, author's initial 1. (e.g., Díaz-Oviedo, D.); Author's last name 2, author's initial 2. (e.g., Quevedo, R.)</w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="290E75E8" wp14:editId="2ACE08DE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-1041399</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>444500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7580757" cy="31471"/>
-              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="8" name=""/>
-              <a:graphic>
+              <wp:docPr id="8" name="Conector recto de flecha 8"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
-                      <a:xfrm flipH="1" rot="10800000">
+                      <a:xfrm rot="10800000" flipH="1">
                         <a:off x="1560384" y="3769027"/>
                         <a:ext cx="7571232" cy="21946"/>
                       </a:xfrm>
                       <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
-                      <a:ln cap="flat" cmpd="sng" w="9525">
+                      <a:ln w="9525" cap="flat" cmpd="sng">
                         <a:solidFill>
                           <a:srgbClr val="4A7DBA"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:round/>
-                        <a:headEnd len="sm" w="sm" type="none"/>
-                        <a:tailEnd len="sm" w="sm" type="none"/>
+                        <a:headEnd type="none" w="sm" len="sm"/>
+                        <a:tailEnd type="none" w="sm" len="sm"/>
                       </a:ln>
                     </wps:spPr>
-                    <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
-[...1 lines deleted...]
-                    </wps:bodyPr>
+                    <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
           <w:drawing>
             <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-1041399</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>444500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7580757" cy="31471"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="image2.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
                       <pic:cNvPr id="0" name="image2.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId3"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7580757" cy="31471"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DFD49B2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E13E9832"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="644" w:hanging="359.99999999999994"/>
+        <w:ind w:left="644" w:hanging="359"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2084" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2804" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4244" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AAC7F9B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="706A0C72"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B8C0EFA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9AAAD7F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1" w16cid:durableId="880282981">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1373381744">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="3" w16cid:durableId="560478179">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Usuario">
+    <w15:presenceInfo w15:providerId="None" w15:userId="Usuario"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
+  <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:evenAndOddHeaders w:val="1"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:evenAndOddHeaders/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="005C72C0"/>
+    <w:rsid w:val="000950CC"/>
+    <w:rsid w:val="00210FFC"/>
+    <w:rsid w:val="002944B4"/>
+    <w:rsid w:val="002C30A1"/>
+    <w:rsid w:val="0038480B"/>
+    <w:rsid w:val="003B3738"/>
+    <w:rsid w:val="005C72C0"/>
+    <w:rsid w:val="00694DD0"/>
+    <w:rsid w:val="007E60E9"/>
+    <w:rsid w:val="008E239B"/>
+    <w:rsid w:val="00963824"/>
+    <w:rsid w:val="00A957EC"/>
+    <w:rsid w:val="00AE0939"/>
+    <w:rsid w:val="00AF2D04"/>
+    <w:rsid w:val="00E02DEE"/>
+    <w:rsid w:val="00E94A23"/>
+    <w:rsid w:val="00ED1FBD"/>
+    <w:rsid w:val="00ED20CD"/>
+    <w:rsid w:val="00F212D4"/>
+    <w:rsid w:val="00FE7991"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0BF12B91"/>
+  <w15:docId w15:val="{9A277975-0414-4A5F-89A9-D21EE1B322A3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en"/>
+        <w:lang w:val="en" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
-[...108 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009E7D63"/>
-    <w:pPr>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009E7D63"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:keepLines w:val="1"/>
+      <w:keepNext/>
+      <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...1 lines deleted...]
-      <w:bCs w:val="1"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed w:val="1"/>
-    <w:qFormat w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="009E7D63"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="0" w:before="200"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:i w:val="1"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed w:val="1"/>
-    <w:qFormat w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="009E7D63"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="0" w:before="40"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="0051305B"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="0" w:before="40"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
-[...2 lines deleted...]
-      <w:color w:val="365f91" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablanormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:w="0.0" w:type="dxa"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TtuloCar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E7D63"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00931082"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EncabezadoCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00931082"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00931082"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PiedepginaCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00931082"/>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00931082"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:color="auto" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-        <w:insideV w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00931082"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TextodegloboCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="00931082"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3CBD5A742C28424DA5172AD252E32316" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CBD5A742C28424DA5172AD252E32316">
     <w:name w:val="3CBD5A742C28424DA5172AD252E32316"/>
     <w:rsid w:val="00931082"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00420AA2"/>
     <w:rPr>
-      <w:color w:val="0000ff" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009E7D63"/>
     <w:pPr>
       <w:ind w:left="720"/>
-      <w:contextualSpacing w:val="1"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ADYNAAbstrac" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADYNAAbstrac">
     <w:name w:val="ADYNA_Abstrac"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00A818C0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo1Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009E7D63"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...1 lines deleted...]
-      <w:bCs w:val="1"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo2Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009E7D63"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:i w:val="1"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00C87EB5"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="003B5F29"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textocomentario">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextocomentarioCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="003B5F29"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TextocomentarioCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
     <w:name w:val="Texto comentario Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textocomentario"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="003B5F29"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Textocomentario"/>
     <w:next w:val="Textocomentario"/>
     <w:link w:val="AsuntodelcomentarioCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="003B5F29"/>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AsuntodelcomentarioCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="003B5F29"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliografa">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="004D4D09"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo3Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009E7D63"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:i w:val="1"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="000F4666"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisin">
     <w:name w:val="Revision"/>
-    <w:hidden w:val="1"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="0005211C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmerodelnea">
     <w:name w:val="line number"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="001E2467"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rtulotablayfigura" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rtulotablayfigura">
     <w:name w:val="Rótulo tabla y figura"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009E7D63"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nombresautores" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nombresautores">
     <w:name w:val="Nombres autores"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NombresautoresCar"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009E7D63"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NombresautoresCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="NombresautoresCar">
     <w:name w:val="Nombres autores Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Nombresautores"/>
     <w:rsid w:val="009E7D63"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Filiaciones" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Filiaciones">
     <w:name w:val="Filiaciones"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FiliacionesCar"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009E7D63"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:noProof w:val="1"/>
+      <w:noProof/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FiliacionesCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FiliacionesCar">
     <w:name w:val="Filiaciones Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Filiaciones"/>
     <w:rsid w:val="009E7D63"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:noProof w:val="1"/>
+      <w:noProof/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Fechas" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Fechas">
     <w:name w:val="Fechas"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FechasCar"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009E7D63"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:ind w:left="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FechasCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FechasCar">
     <w:name w:val="Fechas Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Fechas"/>
     <w:rsid w:val="009E7D63"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo">
-[...18 lines deleted...]
-  <w:style w:type="character" w:styleId="TtuloCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
     <w:name w:val="Título Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="009E7D63"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:b w:val="1"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sinespaciado">
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="Referencias"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009E7D63"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="705" w:hanging="705"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-      <w:noProof w:val="1"/>
+      <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfasisintenso">
     <w:name w:val="Intense Emphasis"/>
     <w:aliases w:val="Fechas encabezado"/>
     <w:uiPriority w:val="21"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009E7D63"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:aliases w:val="Filiaciones autores"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="009E7D63"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Ttulo4Car" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="0051305B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
-[...2 lines deleted...]
-      <w:color w:val="365f91" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="004F69CD"/>
     <w:rPr>
-      <w:color w:val="605e5c"/>
-      <w:shd w:color="auto" w:fill="e1dfdd" w:val="clear"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
-      <w:i w:val="1"/>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table2">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table3">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crossref.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crossref.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-631-3_39" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/es072435t" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/CambriaMath-regular.ttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7513,50 +6995,97 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mg1tgyL2aSq4APyy6O2wZ6S/6ZIvQ==">CgMxLjAaJwoBMBIiCiAIBCocCgtBQUFCZWNCdkt5TRAIGgtBQUFCZWNCdkt5TRonCgExEiIKIAgEKhwKC0FBQUJlY0J2S3lREAgaC0FBQUJlY0J2S3lRItoECgtBQUFCZWNCdkt5URKwBAoLQUFBQmVjQnZLeVESC0FBQUJlY0J2S3lRGnsKCXRleHQvaHRtbBJuVGhpcyBpbmZvcm1hdGlvbiBzaG91bGQgYmUgaW5jbHVkZWQsIGFsb25nIHdpdGggdGhlIGFja25vd2xlZGdtZW50cywgaW4gYSBkb2N1bWVudCBhdHRhY2hlZCB0byB0aGUgbWFudXNjcmlwdC4ifAoKdGV4dC9wbGFpbhJuVGhpcyBpbmZvcm1hdGlvbiBzaG91bGQgYmUgaW5jbHVkZWQsIGFsb25nIHdpdGggdGhlIGFja25vd2xlZGdtZW50cywgaW4gYSBkb2N1bWVudCBhdHRhY2hlZCB0byB0aGUgbWFudXNjcmlwdC4qQAoHVXN1YXJpbxo1Ly9zc2wuZ3N0YXRpYy5jb20vZG9jcy9jb21tb24vYmx1ZV9zaWxob3VldHRlOTYtMC5wbmcwgObW594yOIDm1ufeMnJCCgdVc3VhcmlvGjcKNS8vc3NsLmdzdGF0aWMuY29tL2RvY3MvY29tbW9uL2JsdWVfc2lsaG91ZXR0ZTk2LTAucG5neACIAQGaAQYIABAAGACqAXASblRoaXMgaW5mb3JtYXRpb24gc2hvdWxkIGJlIGluY2x1ZGVkLCBhbG9uZyB3aXRoIHRoZSBhY2tub3dsZWRnbWVudHMsIGluIGEgZG9jdW1lbnQgYXR0YWNoZWQgdG8gdGhlIG1hbnVzY3JpcHQusAEAuAEBGIDm1ufeMiCA5tbn3jIwAEIIa2l4LmNtdDEisAQKC0FBQUJlY0J2S3lNEoYECgtBQUFCZWNCdkt5TRILQUFBQmVjQnZLeU0abQoJdGV4dC9odG1sEmBUaGUgdGl0bGUgc2hvdWxkIGJlIGNvbmNpc2UgYW5kIGluZm9ybWF0aXZlIGFuZCBubyBsb25nZXIgdGhhbiAxMDAgY2hhcmFjdGVycywgaW5jbHVkaW5nIHNwYWNlcy4ibgoKdGV4dC9wbGFpbhJgVGhlIHRpdGxlIHNob3VsZCBiZSBjb25jaXNlIGFuZCBpbmZvcm1hdGl2ZSBhbmQgbm8gbG9uZ2VyIHRoYW4gMTAwIGNoYXJhY3RlcnMsIGluY2x1ZGluZyBzcGFjZXMuKkAKB1VzdWFyaW8aNS8vc3NsLmdzdGF0aWMuY29tL2RvY3MvY29tbW9uL2JsdWVfc2lsaG91ZXR0ZTk2LTAucG5nMICsm4nhMjiArJuJ4TJyQgoHVXN1YXJpbxo3CjUvL3NzbC5nc3RhdGljLmNvbS9kb2NzL2NvbW1vbi9ibHVlX3NpbGhvdWV0dGU5Ni0wLnBuZ3gAiAEBmgEGCAAQABgAqgFiEmBUaGUgdGl0bGUgc2hvdWxkIGJlIGNvbmNpc2UgYW5kIGluZm9ybWF0aXZlIGFuZCBubyBsb25nZXIgdGhhbiAxMDAgY2hhcmFjdGVycywgaW5jbHVkaW5nIHNwYWNlcy6wAQC4AQEYgKybieEyIICsm4nhMjAAQghraXguY210MDgAciExYU9NcFlvX2RIX19yZVREM2pnOFpJdGtzbkJ3NHBuVmE=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>7</Pages>
+  <Words>2037</Words>
+  <Characters>11209</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>13220</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Rev. Colomb. Quim. 2018</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Rev. Colomb. Quim. 2018</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>8acc5c06-1fae-4af0-8cda-9c333a35bd62</vt:lpwstr>
+  </property>
+</Properties>
+</file>