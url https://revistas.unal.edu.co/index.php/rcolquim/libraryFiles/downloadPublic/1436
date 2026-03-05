--- v0 (2025-12-29)
+++ v1 (2026-03-05)
@@ -11,51 +11,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="330C52F8" w14:textId="77777777" w:rsidR="0056387E" w:rsidRPr="004B03B1" w:rsidRDefault="009F6848" w:rsidP="009E7D63">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
       </w:pPr>
       <w:commentRangeStart w:id="0"/>
       <w:r w:rsidRPr="004B03B1">
         <w:t>Título en idioma principal</w:t>
       </w:r>
       <w:r w:rsidR="00A818C0" w:rsidRPr="004B03B1">
         <w:t xml:space="preserve"> (español)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AD7B967" w14:textId="16E5BE5E" w:rsidR="00E17088" w:rsidRPr="004B03B1" w:rsidRDefault="00A818C0" w:rsidP="009E7D63">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Title in secondary language (</w:t>
@@ -117,112 +117,91 @@
         <w:t>)</w:t>
       </w:r>
       <w:commentRangeEnd w:id="0"/>
       <w:r w:rsidR="00D10982">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:commentReference w:id="0"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="40F095EF" w14:textId="23B9A191" w:rsidR="009F6848" w:rsidRPr="009E7D63" w:rsidRDefault="00975323" w:rsidP="009E7D63">
       <w:pPr>
         <w:pStyle w:val="Nombresautores"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="1"/>
       <w:r w:rsidRPr="004B03B1">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00CB6391" w:rsidRPr="004B03B1">
         <w:t>s y apellidos completos</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
-        <w:t xml:space="preserve"> primer </w:t>
-[...3 lines deleted...]
-        <w:t>autor</w:t>
+        <w:t xml:space="preserve"> primer autor</w:t>
       </w:r>
       <w:r w:rsidR="009E7D63">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...6 lines deleted...]
-        <w:t>*</w:t>
+        <w:t>1*</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CB6391" w:rsidRPr="004B03B1">
         <w:t xml:space="preserve">nombres y apellidos completos </w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
-        <w:t xml:space="preserve">segundo </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>segundo autor</w:t>
+      </w:r>
       <w:r w:rsidRPr="004B03B1">
-        <w:t>autor</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009E7D63">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E7D63">
-        <w:t xml:space="preserve">y nombres y apellidos completos del tercer </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>y nombres y apellidos completos del tercer autor</w:t>
+      </w:r>
       <w:r w:rsidR="009E7D63">
-        <w:t>autor</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009E7D63">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7C09FE03" w14:textId="296B7EAF" w:rsidR="00975323" w:rsidRPr="004B03B1" w:rsidRDefault="00BD0DC5" w:rsidP="009E7D63">
       <w:pPr>
         <w:pStyle w:val="Filiaciones"/>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00CB6391" w:rsidRPr="004B03B1">
         <w:t>Institución en la cual trabaja. País y ciudad de residencia. Correo electrónico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2662ACDB" w14:textId="56A9415B" w:rsidR="00CB6391" w:rsidRDefault="00BD0DC5" w:rsidP="009E7D63">
       <w:pPr>
         <w:pStyle w:val="Filiaciones"/>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
@@ -358,59 +337,51 @@
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="751E86BF" w14:textId="1357F9EA" w:rsidR="00BC0553" w:rsidRPr="008847C2" w:rsidRDefault="00BC0553" w:rsidP="00BC0553">
       <w:r>
         <w:t>El r</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t>esumen de</w:t>
       </w:r>
       <w:r>
         <w:t>be tener</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve"> máximo 200 palabras. Deben mencionarse los propósitos de la investigación, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">los materiales y métodos, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t>los resultados relevantes (proporcionando datos específicos y, de ser posible, su significación estadística), y las conclusiones principales sin incluir citas bibliográficas. Se debe hacer énfasis en los aspectos nuevos e importantes del estudio. Debe evitar presentarse un resumen descriptivo (aquel donde no se presentan datos), en cambio, debe presentarse un resumen analítico (aquel en donde se presentan los datos relevantes obtenidos en la investigación).</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> El resumen siempre se debe presentar en español, inglés (</w:t>
-[...7 lines deleted...]
-        <w:t>) y portugués (Resumo), independiente del idioma del artículo. Las abreviaturas o siglas que se utilicen y describan en el resumen deben volver a describirse por primera vez en el cuerpo del texto.</w:t>
+        <w:t xml:space="preserve"> El resumen siempre se debe presentar en español, inglés (Abstract) y portugués (Resumo), independiente del idioma del artículo. Las abreviaturas o siglas que se utilicen y describan en el resumen deben volver a describirse por primera vez en el cuerpo del texto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22ECB9D7" w14:textId="051F4BCE" w:rsidR="00A818C0" w:rsidRPr="00747723" w:rsidRDefault="00A818C0" w:rsidP="009E7D63">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00CB6391" w:rsidRPr="004B03B1">
         <w:t>deben listarse de 3 a 6 palabras clave</w:t>
       </w:r>
       <w:r w:rsidR="00BC0553">
@@ -463,51 +434,79 @@
         </w:rPr>
         <w:t xml:space="preserve">The abstract should not exceed 200 words. It should mention the purposes of the research, the materials and methods, the relevant results (providing specific data and, if </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">it is </w:t>
       </w:r>
       <w:r w:rsidRPr="004A28D6">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">possible, their statistical significance), and the main conclusions </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
       <w:r w:rsidRPr="004A28D6">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">t including bibliographic citations. Emphasis should be placed on new and important aspects of the study. A descriptive abstract (where no data are presented) should be avoided; instead, an analytical abstract (where the relevant data obtained in the research are presented) </w:t>
+        <w:t xml:space="preserve">t including bibliographic citations. Emphasis should be placed on new and important aspects of the study. A descriptive abstract (where no data </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A28D6">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A28D6">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> presented) should be avoided; instead, an analytical abstract (where the relevant data obtained in the research </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A28D6">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A28D6">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> presented) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="004A28D6">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> be presented.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F05C27D" w14:textId="60478CF6" w:rsidR="00A26E8C" w:rsidRPr="004A28D6" w:rsidRDefault="00CB6391" w:rsidP="009E7D63">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -727,94 +726,72 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>En ambas secciones se puede hacer uso de subsecciones:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D3D8F1" w14:textId="77777777" w:rsidR="002476B8" w:rsidRPr="006A3880" w:rsidRDefault="002476B8" w:rsidP="002476B8">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3880">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Subtítulo </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3880">
         <w:t>primario</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="013687BF" w14:textId="77777777" w:rsidR="002476B8" w:rsidRDefault="002476B8" w:rsidP="002476B8">
       <w:r>
-        <w:t xml:space="preserve">Para subtítulos primarios utilizar Times New </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 12, en negrita y cursiva. Los subtítulos primarios no se numeran.</w:t>
+        <w:t>Para subtítulos primarios utilizar Times New Roman 12, en negrita y cursiva. Los subtítulos primarios no se numeran.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="240256F9" w14:textId="77777777" w:rsidR="002476B8" w:rsidRDefault="002476B8" w:rsidP="002476B8">
       <w:pPr>
         <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r>
         <w:t>Subtítulo secundario</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08CF44DC" w14:textId="46E92844" w:rsidR="002476B8" w:rsidRDefault="002476B8" w:rsidP="002476B8">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3880">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para subtítulos secundarios utilizar Times New </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 12, en</w:t>
+        <w:t>Para subtítulos secundarios utilizar Times New Roman 12, en</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> cursiva. Los subtítulos secundarios no se numeran.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BA83B4" w14:textId="64860572" w:rsidR="0024164D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Tablas y figuras</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C9B6907" w14:textId="328F1D76" w:rsidR="0024164D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
@@ -894,142 +871,121 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="37290701" w14:textId="77777777" w:rsidR="0024164D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Evite redundancia entre tablas, figuras y texto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFE911F" w14:textId="77777777" w:rsidR="0024164D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>La rotulación de cada tabla debe ir a la cabeza de la misma, mientras que en las figuras debe presentarse al pie.</w:t>
+        <w:t xml:space="preserve">La rotulación de cada tabla debe ir a la cabeza de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>la misma</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, mientras que en las figuras debe presentarse al pie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30123159" w14:textId="08EAD091" w:rsidR="0024164D" w:rsidRPr="002F6155" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Si dentro del texto se hacen llamados a figuras o tablas, se deben escribir con minúscula inicial y en negrita, tanto para manuscritos en inglés como en español: “</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> se puede observar en la </w:t>
+        <w:t xml:space="preserve">Si dentro del texto se hacen llamados a figuras o tablas, se deben escribir con minúscula inicial y en negrita, tanto para manuscritos en inglés como en español: “como se puede observar en la </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE742D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>figura 1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">”, “de acuerdo con las </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE742D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tablas 1 y 2</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="006B2B6A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44FBEA10" w14:textId="02FE8A62" w:rsidR="0024164D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Evite figuras pequeñas aisladas: agrupe figuras con información relacionada en figuras compuestas rotuladas con letras (figura </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Evite figuras pequeñas aisladas: agrupe figuras con información relacionada en figuras compuestas rotuladas con letras (figura 1A, figura 3B </w:t>
       </w:r>
       <w:r w:rsidRPr="006141D5">
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="006141D5">
-        <w:t xml:space="preserve">iguras </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>iguras 1A-1F</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">). La rotulación de las figuras debe hacerse siempre con letras mayúsculas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7148564D" w14:textId="621D57AB" w:rsidR="0024164D" w:rsidRPr="00EE742D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Si un artículo contiene tablas o figuras reproducidas (así sean del mismo autor), es obligación declarar el origen y contar permiso para utilizarlas. Se deben citar con el llamado numérico al final del título, es opcional escribir con permiso de quien se obtuvieron los derechos: </w:t>
       </w:r>
       <w:r w:rsidRPr="007110F5">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>“</w:t>
@@ -1100,303 +1056,391 @@
       </w:r>
       <w:r>
         <w:t>y deben aparecer en un tamaño que permita leerlas. La Revista no editará figuras, eso es responsabilidad de los autores.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16342C9B" w14:textId="58DD158C" w:rsidR="0024164D" w:rsidRPr="004B03B1" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Rtulotablayfigura"/>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Tabla 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve"> Análisis químico y </w:t>
       </w:r>
       <w:r w:rsidRPr="00C65156">
         <w:t>relación</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve"> Cu-Ni de los catalizadores preparados.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> El título de las tablas va en la parte superior, en tamaño Times New </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 10, interlineado sencillo, con el rotulo de “Tabla </w:t>
+        <w:t xml:space="preserve"> El título de las tablas va en la parte superior, en tamaño Times New Roman 10, interlineado sencillo, con el rotulo de “Tabla </w:t>
       </w:r>
       <w:r w:rsidR="006B2B6A">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>” en negrita, seguido de punto, seguido del título de la tabla con la primera en mayúscula.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9477" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2984"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1082"/>
+        <w:gridCol w:w="2895"/>
+        <w:gridCol w:w="1097"/>
+        <w:gridCol w:w="1097"/>
+        <w:gridCol w:w="1097"/>
+        <w:gridCol w:w="1097"/>
+        <w:gridCol w:w="1097"/>
+        <w:gridCol w:w="1097"/>
       </w:tblGrid>
       <w:tr w:rsidR="0024164D" w:rsidRPr="004B03B1" w14:paraId="46F7145A" w14:textId="77777777" w:rsidTr="006E212E">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A9FE18A" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Muestra: D-L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="129C63EC" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="129C63EC" w14:textId="355A21CB" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>0,2-0,4</w:t>
+              <w:t>0,2</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14B200B8" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="14B200B8" w14:textId="11869D7E" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>0,2-0,6</w:t>
+              <w:t>0,2</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD25E3A" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="0BD25E3A" w14:textId="0F429A2F" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>0,3-0,4</w:t>
+              <w:t>0,3</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20758035" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="20758035" w14:textId="00131C67" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>0,3-0,6</w:t>
+              <w:t>0,3</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56C44061" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="56C44061" w14:textId="29DB4D7B" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>0,4-0,4</w:t>
+              <w:t>0,4</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41E69BE2" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="41E69BE2" w14:textId="293E458A" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>0,4-0,6</w:t>
+              <w:t>0,4</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0024164D" w:rsidRPr="004B03B1" w14:paraId="25A00AB6" w14:textId="77777777" w:rsidTr="006E212E">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FD4A614" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -1875,86 +1919,52 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79C65CFA" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t xml:space="preserve">% p/p </w:t>
+              <w:t>% p/p CuO + NiO</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49E9DD67" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
@@ -2136,371 +2146,429 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Relación molar Cu-Ni</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="458E485C" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="458E485C" w14:textId="59239AE2" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>2,1-1</w:t>
+              <w:t>2,1</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7AD6F2" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="7E7AD6F2" w14:textId="19B3A94A" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>2,3-1</w:t>
+              <w:t>2,3</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="499506D6" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="499506D6" w14:textId="656CD8A0" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>2,1-1</w:t>
+              <w:t>2,1</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75342292" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="75342292" w14:textId="15B80A0F" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>1,8-1</w:t>
+              <w:t>1,8</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1F2B47" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="6C1F2B47" w14:textId="0CB0BFA6" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>1,9-1</w:t>
+              <w:t>1,9</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02CC46E5" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="02CC46E5" w14:textId="02159531" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>2,0-1</w:t>
+              <w:t>2,0</w:t>
+            </w:r>
+            <w:r w:rsidR="006538FF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="333CCC47" w14:textId="77777777" w:rsidR="0024164D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Rtulotablayfigura"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D327B4">
         <w:t>D-L: diámetro- longitud.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E758E18" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00C65156" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Rtulotablayfigura"/>
       </w:pPr>
       <w:r w:rsidRPr="00C65156">
         <w:t>En el pie de l</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">a tabla se deben añadir las claves o </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 10.</w:t>
+        <w:t>a tabla se deben añadir las claves o nomeclatura pertinente en Times New Roman 10.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ED90171" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="004B03B1" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:object w:dxaOrig="5973" w:dyaOrig="4753" w14:anchorId="05579929">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:362.25pt;height:289.5pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:362.4pt;height:289.9pt" o:ole="">
             <v:imagedata r:id="rId12" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Origin50.Graph" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1805555304" r:id="rId13"/>
+          <o:OLEObject Type="Embed" ProgID="Origin50.Graph" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1833545242" r:id="rId13"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="261913E9" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="004B03B1" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Rtulotablayfigura"/>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Figura 1</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve">. Conversión del CO en </w:t>
       </w:r>
       <w:r w:rsidRPr="002D4737">
         <w:t>función</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve"> de la temperatura para diferentes valores de diámetro-longitud de los pellets.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Las figuras se rotulan en la parte inferior, en letra Times New </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 10 con interlineado sencillo.</w:t>
+        <w:t xml:space="preserve"> Las figuras se rotulan en la parte inferior, en letra Times New Roman 10 con interlineado sencillo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E184E54" w14:textId="77777777" w:rsidR="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r>
         <w:t>Ecuaciones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4581C528" w14:textId="1B1E4A61" w:rsidR="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00632261">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para ecuaciones use la abreviación </w:t>
-[...13 lines deleted...]
-        <w:t>. (1) en lugar de ecuación 1</w:t>
+        <w:t>Para ecuaciones use la abreviación Ec. (1) en lugar de ecuación 1</w:t>
       </w:r>
       <w:r w:rsidR="006B2B6A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E7564CD" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="00632261" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993DB1">
         <w:t>Todas las ecuaciones deben estar numeradas y deben mencionarse en el texto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A8DB13" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="00632261" w:rsidRDefault="0051305B" w:rsidP="0051305B">
@@ -2519,171 +2587,143 @@
         <w:t>No deben aparecer ecuaciones que no se hayan descrito</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20E93023" w14:textId="1019178C" w:rsidR="0051305B" w:rsidRPr="00632261" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Se deben explicar todas las abreviaturas de las ecuaciones. Si ya fueron explicadas</w:t>
       </w:r>
       <w:r w:rsidR="00C536A1">
         <w:t xml:space="preserve"> en otra ecuación, se debe mencionar de forma explícita cuáles abreviaturas y en cuál ecuación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE86617" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="004E191F" w:rsidRDefault="0051305B" w:rsidP="0051305B">
+    <w:p w14:paraId="2CE86617" w14:textId="25FAE15B" w:rsidR="0051305B" w:rsidRPr="004E191F" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>La cantidad de 4-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>La cantidad de 4-nitrofenol adsorbida en el equilibrio q</w:t>
+      </w:r>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> adsorbida en el equilibrio </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (mmol</w:t>
+      </w:r>
+      <w:r w:rsidR="006538FF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>q</w:t>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="006538FF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:vertAlign w:val="subscript"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...39 lines deleted...]
-        <w:t>. (1):</w:t>
+        <w:t>) se calculó utilizando Ec. (1):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7195"/>
         <w:gridCol w:w="1633"/>
       </w:tblGrid>
       <w:tr w:rsidR="0051305B" w:rsidRPr="00FA2251" w14:paraId="2950B91A" w14:textId="77777777" w:rsidTr="006E212E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7195" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA13CBF" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="00582211" w:rsidRDefault="00492F1E" w:rsidP="006E212E">
+          <w:p w14:paraId="6AA13CBF" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="00582211" w:rsidRDefault="00000000" w:rsidP="006E212E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:iCs/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <m:rPr>
                         <m:sty m:val="p"/>
                       </m:rPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -2883,230 +2923,148 @@
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62256C3C" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>La revista emplea el formato de citas IEEE (</w:t>
-[...82 lines deleted...]
-    <w:p w14:paraId="50B61F66" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
+        <w:t>La revista emplea el formato de citas IEEE (Institute of Electrical and Electronics Engineers).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B61F66" w14:textId="6263DDF7" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Si el artículo está en español, el formato de la referencias debe estar en español, si el artículo está en inglés, deben estar en inglés.</w:t>
+        <w:t>Si el artículo está en español, el formato de la</w:t>
+      </w:r>
+      <w:r w:rsidR="0000648C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referencias debe estar en español, si el artículo está en inglés, deben estar en inglés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75DF7194" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">Todas las referencias que tengan </w:t>
-[...31 lines deleted...]
-        <w:t>).</w:t>
+        <w:t>Todas las referencias que tengan DOI deben incluirlo (puede buscarlo por el título del artículo en Crossref).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18153FB1" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">Las citas en el cuerpo del texto deben escribirse como números entre corchetes de acuerdo a su orden de aparición, cuando se desea citar más de una referencia al tiempo se debe usar </w:t>
+        <w:t xml:space="preserve">Las citas en el cuerpo del texto deben escribirse como números entre corchetes </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>de acuerdo a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su orden de aparición, cuando se desea citar más de una referencia al tiempo se debe usar </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD054B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="green"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>[1, 2]</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> en lugar de </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD054B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="red"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>[1] [2];</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
@@ -3166,172 +3124,130 @@
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="red"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>[1], [2], [3].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28107A6F" w14:textId="77777777" w:rsidR="00C07B4A" w:rsidRDefault="00C07B4A" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Para introducir referencias de forma directa es correcto hacerlo con el apellido (solo el apellido, sin la inicial del nombre) del autor o autores seguido con el número, y no solo con el número: </w:t>
       </w:r>
       <w:r w:rsidRPr="001F18D1">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">“De acuerdo con Narváez y Gutiérrez el </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> de la mezcla fue… [3]”</w:t>
+        <w:t>“De acuerdo con Narváez y Gutiérrez el Ph de la mezcla fue… [3]”</w:t>
       </w:r>
       <w:r w:rsidRPr="001F18D1">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> y no </w:t>
       </w:r>
       <w:r w:rsidRPr="001F18D1">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
-        <w:t xml:space="preserve">“De acuerdo con [3], el </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> de la mezcla fue…”</w:t>
+        <w:t>“De acuerdo con [3], el Ph de la mezcla fue…”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ni “</w:t>
       </w:r>
       <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:highlight w:val="red"/>
         </w:rPr>
-        <w:t xml:space="preserve">De acuerdo con C. Narváez el </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F42A02">
+        <w:t>De acuerdo con C. Narváez el Ph de la mezcla...</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:highlight w:val="red"/>
         </w:rPr>
-        <w:t>Ph</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F42A02">
+        <w:t xml:space="preserve"> [3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:highlight w:val="red"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de la mezcla...</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:highlight w:val="red"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [3] </w:t>
-      </w:r>
+        <w:t>”</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:highlight w:val="red"/>
         </w:rPr>
-        <w:t>”.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">También es correcto omitir la alusión </w:t>
       </w:r>
       <w:r w:rsidRPr="001F18D1">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>“Alguno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="001F18D1">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve"> estudios muestran que el </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> de la mezcla… [3]”</w:t>
+        <w:t xml:space="preserve"> estudios muestran que el Ph de la mezcla… [3]”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. El número puede ir enseguida del apellido del autor o al final de la oración. Si se va a citar una fuente dentro del texto que tiene más de dos autores se escribe la referencia con </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
       <w:r>
         <w:t>: “</w:t>
       </w:r>
       <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">De acuerdo con Narváez </w:t>
       </w:r>
       <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="green"/>
@@ -3523,422 +3439,646 @@
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Artículos de revista</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47B48C76" w14:textId="20C6EEBC" w:rsidR="00C07B4A" w:rsidRPr="0051305B" w:rsidRDefault="00C07B4A" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Si el artículo no tiene DOI pero se quiere incluir el link, hacerlo escribiendo “Disponible en:”</w:t>
       </w:r>
       <w:r w:rsidR="003851B4">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3C47CA" w14:textId="42C76140" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="003851B4">
+    <w:p w14:paraId="0D3C47CA" w14:textId="56167E7D" w:rsidR="0051305B" w:rsidRPr="0065032C" w:rsidRDefault="0051305B" w:rsidP="003851B4">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:lang w:val="pt-BR"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07B4A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">[1] F. Amaya García </w:t>
       </w:r>
       <w:r w:rsidRPr="003851B4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07B4A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">., “Dolabellane diterpenes from the Caribbean soft corals Eunicea laciniata and Eunicea asperula and determination of their anti HSV-1 activity”, </w:t>
       </w:r>
       <w:r w:rsidRPr="003851B4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Rev. Colomb. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003851B4">
+      <w:r w:rsidRPr="006538FF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="pt-BR"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Quím</w:t>
       </w:r>
-      <w:r w:rsidRPr="0051305B">
-[...1 lines deleted...]
-          <w:lang w:val="pt-BR"/>
+      <w:r w:rsidRPr="006538FF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
-      <w:r w:rsidRPr="0051305B">
-[...1 lines deleted...]
-          <w:lang w:val="pt-BR"/>
+      <w:r w:rsidRPr="006538FF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">vol. 46, nro. 1, pp. 5-12, ene. 2017. DOI: </w:t>
+        <w:t>vol. 46, nro. 1, pp. 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00E24024">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006538FF">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12, ene. 2017. DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="003851B4" w:rsidRPr="00013533">
+        <w:r w:rsidR="003851B4" w:rsidRPr="006538FF">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:lang w:val="pt-BR"/>
+            <w:lang w:val="nl-NL"/>
           </w:rPr>
           <w:t>https://doi.org/10.15446/rev.colomb.quim.v46n1.62830</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...14 lines deleted...]
-    <w:p w14:paraId="0C005353" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
+      <w:r w:rsidR="0065032C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DD2736" w14:textId="569D8759" w:rsidR="00E24024" w:rsidRDefault="00E24024" w:rsidP="003851B4">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003851B4">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t>En caso de que no tenga páginas sino serial:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3740B624" w14:textId="6428FB5A" w:rsidR="00E24024" w:rsidRPr="0065032C" w:rsidRDefault="00E24024" w:rsidP="003851B4">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[2] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E24024">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">H. Assaggaf </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E24024">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-CO"/>
-[...37 lines deleted...]
-      <w:r w:rsidRPr="003851B4">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E24024">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, “Exploring the antidiabetic and anti-inflammatory potential of Lavandula officinalis essential oil: In vitro and in silico insights”, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E24024">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Heliyon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E24024">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 10, nro. 15, e34135, 2024. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065032C">
+        <w:t xml:space="preserve">DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="0065032C">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://www.doi.org/10.1016/j.heliyon.2024.e34135</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0065032C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25AD7F7B" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>, J. Jorrin-Novo, S. Komatsu, W. Weckwerth y S. Wienkoop, eds., Totowa,</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>Libros</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C005353" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Humana Press, 2013, pp. 573-591. DOI: doi.org/10.1007/978-1-62703-631-3_39</w:t>
-[...152 lines deleted...]
-      <w:r w:rsidRPr="00FD4CDA">
+        <w:t xml:space="preserve">[2] M. F. Suárez, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003851B4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
+        <w:t>Electroquímica física e interfacial: una aproximación teórica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Bogotá, Universidad Nacional de Colombia, 2011. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03894F21" w14:textId="48E1F398" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="003851B4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Capítulo en libro editado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45AD4C67" w14:textId="49DAD877" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[3] H. D. Ardila, R. González Fernández, B. L. Higuera, I. Redondo y S. T. Martínez, “Protein Extraction and Gel-Based Separation Methods to Analyze Responses to Pathogens in Carnation (Dianthus caryophyllus L)”, en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003851B4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Methods in Molecular Biology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>, J. Jorrin-Novo, S. Komatsu, W. Weckwerth y S. Wienkoop, eds., Totowa,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4CDA">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Humana Press, 2013, pp. 573</w:t>
+      </w:r>
+      <w:r w:rsidR="0065032C">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">591. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="0065032C" w:rsidRPr="007B4DCB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:lang w:val="es-CO"/>
+          </w:rPr>
+          <w:t>https://www.</w:t>
+        </w:r>
+        <w:r w:rsidR="0065032C" w:rsidRPr="007B4DCB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:lang w:val="es-CO"/>
+          </w:rPr>
+          <w:t>doi.org/10.1007/978-1-62703-631-3-39</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0065032C">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EBF44E8" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Tesis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC37D48" w14:textId="516881D4" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Se debe aclarar si es de grado, maestría o doctorado</w:t>
+      </w:r>
+      <w:r w:rsidR="003851B4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00966F61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Se puede escribir la ciudad u omitir el lugar. </w:t>
+      </w:r>
+      <w:r w:rsidR="006173AB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Incluir </w:t>
+      </w:r>
+      <w:r w:rsidR="00966F61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">el </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00966F61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>link</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00966F61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de acceso también es opcional</w:t>
+      </w:r>
+      <w:r w:rsidR="006655D1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>, pero es preferible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A9F685" w14:textId="532ED051" w:rsidR="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[4] C. Cano Benítez, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4CDA">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Síntesis y caracterización de MOFs anclados sobre telas de algodón con posibles aplicaciones antibacteriales</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4CDA">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>, tesis de maestría, Universidad Nacional de Colombia – Sede Bogotá, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279DE22F" w14:textId="2F8F1DE7" w:rsidR="00966F61" w:rsidRPr="00966F61" w:rsidRDefault="00966F61" w:rsidP="00966F61">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F22A6C">
+        <w:t>[21]</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22A6C">
+        <w:t xml:space="preserve">J. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">N. Campos Flores y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22A6C">
+        <w:t xml:space="preserve">F. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">M. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22A6C">
+        <w:t>Santa Cruz</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Mondragón</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22A6C">
+        <w:t xml:space="preserve">, “Formulación y control de calidad de una crema elaborada a partir del extracto etanolico de las hojas de Rosmarinus officinalis L”, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22A6C">
+        <w:t>esis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> de grado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22A6C">
+        <w:t xml:space="preserve">, Universidad María Auxiliadora, Lima, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2020. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="0067457B">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://repositorio.uma.edu.pe/handle/20.500.12970/241</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B630B1A" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Memorias de congreso </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21ADECE4" w14:textId="683B6415" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[5] B. Moreno Murillo, Y. Hata Uribe, M. Rojas Cardozo, J. Marín Loaiza, J. Rincón Velandia </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4CDA">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C. Vásquez Londoño, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4CDA">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Memorias V Congreso Iberoamericano de Productos Naturales XIII Congreso Colombiano de Fitoquímica VIII Congreso Colombiano de Cromatografía</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4CDA">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4CDA">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4CDA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
         <w:t>V Congreso Iberoamericano de Productos Naturales. Biodiversidad, Caminos y Horizontes</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">, Hotel Tequendama Crowne Plaza, 2016. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2865B7D4" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Página web </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="614A010D" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>[6] U. S. Secretary of Commerce, “Libro del Web de Química del NIST”, 2017. [En línea]. Disponible en: http://webbook.nist.gov/chemistry/index.html.es. [Último acceso: 09/02/2018].</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidSect="001E2467">
-      <w:footerReference w:type="even" r:id="rId15"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="680" w:footer="850" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="Usuario" w:date="2025-03-28T10:38:00Z" w:initials="U">
     <w:p w14:paraId="723357C1" w14:textId="31FD0A8E" w:rsidR="00D10982" w:rsidRDefault="00D10982">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>El</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>título</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3982,59 +4122,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>en</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>minúscula</w:t>
       </w:r>
       <w:r w:rsidR="009E7D63">
-        <w:t xml:space="preserve">, a menos que la mayúscula sea </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">, a menos que la mayúscula sea mandatoria. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">El tamaño de fuente debe ser 16 y debe estar en negrilla. Debe ser conciso e informativo y no </w:t>
       </w:r>
       <w:r w:rsidR="009E7D63">
         <w:t>superar los</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 100 caracteres, incluyendo los espacios. Debe tratar de suprimirse el uso de signos de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>exclamación,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4068,173 +4200,173 @@
       <w:r>
         <w:t>etc.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="1" w:author="Usuario" w:date="2025-03-31T16:08:00Z" w:initials="U">
     <w:p w14:paraId="7E7B6013" w14:textId="71F68085" w:rsidR="009E7D63" w:rsidRDefault="009E7D63">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Esta información debe ir, junto con los agradecimientos, en un documento anexo al manuscrito.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="723357C1" w15:done="0"/>
   <w15:commentEx w15:paraId="7E7B6013" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="2B90FAC3" w16cex:dateUtc="2025-03-28T15:38:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2B953C76" w16cex:dateUtc="2025-03-31T21:08:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="723357C1" w16cid:durableId="2B90FAC3"/>
   <w16cid:commentId w16cid:paraId="7E7B6013" w16cid:durableId="2B953C76"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6090A52F" w14:textId="77777777" w:rsidR="00492F1E" w:rsidRDefault="00492F1E" w:rsidP="00931082">
+    <w:p w14:paraId="1E70544E" w14:textId="77777777" w:rsidR="0011521F" w:rsidRDefault="0011521F" w:rsidP="00931082">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CE63533" w14:textId="77777777" w:rsidR="00492F1E" w:rsidRDefault="00492F1E" w:rsidP="00931082">
+    <w:p w14:paraId="1376D6A6" w14:textId="77777777" w:rsidR="0011521F" w:rsidRDefault="0011521F" w:rsidP="00931082">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Ancizar Sans">
     <w:panose1 w:val="020B0602040300000003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1CF892B5" w14:textId="77777777" w:rsidR="00E20206" w:rsidRPr="00E20206" w:rsidRDefault="00E20206">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E20206">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:caps/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00E20206">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:caps/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
@@ -4254,119 +4386,118 @@
         <w:caps/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00E20206">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="40420D0E" w14:textId="77777777" w:rsidR="00E20206" w:rsidRDefault="00E20206">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-445542870"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="6AA8FD19" w14:textId="310A49AD" w:rsidR="00E20206" w:rsidRDefault="00E20206">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="792879A9" w14:textId="77777777" w:rsidR="00E20206" w:rsidRDefault="00E20206">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43743655" w14:textId="77777777" w:rsidR="00492F1E" w:rsidRDefault="00492F1E" w:rsidP="00931082">
+    <w:p w14:paraId="391360E1" w14:textId="77777777" w:rsidR="0011521F" w:rsidRDefault="0011521F" w:rsidP="00931082">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A2ADBA8" w14:textId="77777777" w:rsidR="00492F1E" w:rsidRDefault="00492F1E" w:rsidP="00931082">
+    <w:p w14:paraId="22B58BEC" w14:textId="77777777" w:rsidR="0011521F" w:rsidRDefault="0011521F" w:rsidP="00931082">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6105" w:tblpY="13"/>
       <w:tblW w:w="2628" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2628"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A26E8C" w:rsidRPr="002979F6" w14:paraId="19B94B2D" w14:textId="77777777" w:rsidTr="00A26E8C">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:val="1134"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2628" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
@@ -4433,51 +4564,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="4CFDC1F3" id="7 Conector recto" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-82.05pt,35.95pt" to="514.1pt,37.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq53fOwAEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZoAWzZquoeu4IKg&#10;YmHvXmfcWPKXxqZN/z1jJw0IEBKIi+OPeW/mvZls70Zr2Akwau86Xq/WnIGTvtfu2PEvn9++eMNZ&#10;TML1wngHHb9A5He758+259BC4wdvekBGJC6259DxIaXQVlWUA1gRVz6Ao0fl0YpERzxWPYozsVtT&#10;Nev1TXX22Af0EmKk2/vpke8Kv1Ig00elIiRmOk61pbJiWZ/yWu22oj2iCIOWcxniH6qwQjtKulDd&#10;iyTYV9S/UFkt0Uev0kp6W3mltISigdTU65/UPAwiQNFC5sSw2BT/H638cDog033HN5w5YalFG7an&#10;VsnkkWH+ZI/OIbYUuncHnE8xHDALHhVapowOj9T+YgGJYmNx+LI4DGNiki43rzd187LhTNJbU9++&#10;usns1UST6QLG9A68ZXnTcaNdNkC04vQ+pin0GkK4XNZUSNmli4EcbNwnUCSKEk4llXGCvUF2EjQI&#10;QkpwqZ5Tl+gMU9qYBbguaf8InOMzFMqo/Q14QZTM3qUFbLXz+LvsabyWrKb4qwOT7mzBk+8vpUXF&#10;GpqZYu4833kofzwX+Pe/cPcNAAD//wMAUEsDBBQABgAIAAAAIQCWq6Tj3gAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW5qqjK00nRBjZ8QAacesMW0hcaok29q3Jzuxo+1P&#10;v7+/Wo/WsBP60DuSIOYZMKTG6Z5aCZ8f29kSWIiKtDKOUMKEAdb17U2lSu3O9I6nXWxZCqFQKgld&#10;jEPJeWg6tCrM3YCUbt/OWxXT6FuuvTqncGt4nmULblVP6UOnBnzpsPndHa2EYNrXn+lrcptc+2mz&#10;DXt8E4WU93fj8xOwiGP8h+Gin9ShTk4HdyQdmJEwE4tCJFbCo1gBuxBZvsyBHdLmoQBeV/y6Q/0H&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqud3zsABAADNAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlquk494AAAALAQAADwAAAAAAAAAAAAAA&#10;AAAaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" strokecolor="#4579b8 [3044]"/>
+            <v:line w14:anchorId="3C74CA62" id="7 Conector recto" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-82.05pt,35.95pt" to="514.1pt,37.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPQKmOqAEAAKIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSP1P1i+s/kA2hJttodWcEFQ&#10;AeXuOuONJX/JNpvsv2c82U0rQEggLpZjz3vz3vNkezNbww4Qk/au582m5gyc9IN2+54/fH338pqz&#10;lIUbhPEOen6ExG92Fy+2U+ig9aM3A0SGJC51U+j5mHPoqirJEaxIGx/A4aXy0YqMn3FfDVFMyG5N&#10;1db1ZTX5OIToJaSEp3fLJd8Rv1Ig8yelEmRmeo7aMq2R1seyVrut6PZRhFHLkwzxDyqs0A6brlR3&#10;Igv2PepfqKyW0Sev8kZ6W3mltATygG6a+ic3X0YRgLxgOCmsMaX/Rys/Hm7dfcQYppC6FO5jcTGr&#10;aJkyOnzDNyVfqJTNFNtxjQ3mzCQeXr25atpXLWcS79rm7evLEmu10BS6EFN+D96ysum50a64Ep04&#10;fEh5KT2XIO5JCO3y0UApNu4zKKYHbLhIohmBWxPZQeDrCinB5ebUmqoLTGljVmBNbf8IPNUXKND8&#10;/A14RVBn7/IKttr5+LvueT5LVkv9OYHFd4ng0Q9HeiKKBgeBwj0NbZm0598Ef/q1dj8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCWq6Tj3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCRuW5qqjK00nRBjZ8QAacesMW0hcaok29q3Jzuxo+1Pv7+/Wo/WsBP60DuSIOYZMKTG6Z5aCZ8f&#10;29kSWIiKtDKOUMKEAdb17U2lSu3O9I6nXWxZCqFQKgldjEPJeWg6tCrM3YCUbt/OWxXT6FuuvTqn&#10;cGt4nmULblVP6UOnBnzpsPndHa2EYNrXn+lrcptc+2mzDXt8E4WU93fj8xOwiGP8h+Gin9ShTk4H&#10;dyQdmJEwE4tCJFbCo1gBuxBZvsyBHdLmoQBeV/y6Q/0HAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAj0CpjqgBAACiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAlquk494AAAALAQAADwAAAAAAAAAAAAAAAAACBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAA0FAAAAAA==&#10;" strokecolor="#4579b8 [3044]"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00A26E8C">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>Apellidos  autor</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> 1</w:t>
     </w:r>
     <w:r w:rsidRPr="00A26E8C">
@@ -4603,51 +4734,51 @@
     <w:r w:rsidRPr="00A26E8C">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>Quevedo, R.</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50DD6D79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FF29D4E"/>
     <w:lvl w:ilvl="0" w:tplc="240A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5145,293 +5276,309 @@
     <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1989817624">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="680593020">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1297948359">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1189218066">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1977833210">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Usuario">
     <w15:presenceInfo w15:providerId="None" w15:userId="Usuario"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="nl-NL" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009371D2"/>
     <w:rsid w:val="000026CF"/>
+    <w:rsid w:val="0000648C"/>
     <w:rsid w:val="000147F2"/>
     <w:rsid w:val="0001563B"/>
     <w:rsid w:val="0005211C"/>
     <w:rsid w:val="00063FE1"/>
     <w:rsid w:val="000958DC"/>
     <w:rsid w:val="000D56DB"/>
     <w:rsid w:val="000F4666"/>
+    <w:rsid w:val="0011521F"/>
     <w:rsid w:val="00115933"/>
     <w:rsid w:val="00120C17"/>
     <w:rsid w:val="00163F8B"/>
     <w:rsid w:val="001933F0"/>
     <w:rsid w:val="001A01B6"/>
     <w:rsid w:val="001A72DC"/>
     <w:rsid w:val="001D2495"/>
     <w:rsid w:val="001E2467"/>
     <w:rsid w:val="0024164D"/>
     <w:rsid w:val="002476B8"/>
     <w:rsid w:val="002A2713"/>
     <w:rsid w:val="002A46D9"/>
     <w:rsid w:val="002B170E"/>
     <w:rsid w:val="003267F0"/>
     <w:rsid w:val="003375CE"/>
+    <w:rsid w:val="0038200F"/>
     <w:rsid w:val="00383F65"/>
     <w:rsid w:val="003851B4"/>
     <w:rsid w:val="003B4626"/>
     <w:rsid w:val="003B5F29"/>
     <w:rsid w:val="003B61CD"/>
     <w:rsid w:val="003B7D0A"/>
     <w:rsid w:val="003D33C0"/>
     <w:rsid w:val="00420AA2"/>
     <w:rsid w:val="00427513"/>
     <w:rsid w:val="004419EB"/>
+    <w:rsid w:val="00457DBC"/>
     <w:rsid w:val="004627EE"/>
     <w:rsid w:val="004767BD"/>
     <w:rsid w:val="004769CF"/>
     <w:rsid w:val="00487AFD"/>
     <w:rsid w:val="00492F1E"/>
     <w:rsid w:val="004A28D6"/>
     <w:rsid w:val="004B03B1"/>
     <w:rsid w:val="004B475D"/>
     <w:rsid w:val="004C55ED"/>
     <w:rsid w:val="004D4D09"/>
     <w:rsid w:val="004E191F"/>
     <w:rsid w:val="0051021F"/>
     <w:rsid w:val="0051305B"/>
     <w:rsid w:val="00520165"/>
     <w:rsid w:val="0052561A"/>
     <w:rsid w:val="00536A27"/>
     <w:rsid w:val="00555A62"/>
     <w:rsid w:val="0056387E"/>
     <w:rsid w:val="00573951"/>
     <w:rsid w:val="00582211"/>
     <w:rsid w:val="00593874"/>
     <w:rsid w:val="005946D1"/>
     <w:rsid w:val="00594FB5"/>
     <w:rsid w:val="005B6113"/>
     <w:rsid w:val="005C4BB6"/>
     <w:rsid w:val="005D6257"/>
     <w:rsid w:val="005F7E03"/>
+    <w:rsid w:val="006173AB"/>
     <w:rsid w:val="00617FE9"/>
     <w:rsid w:val="006237D0"/>
     <w:rsid w:val="00643112"/>
+    <w:rsid w:val="0065032C"/>
+    <w:rsid w:val="006538FF"/>
     <w:rsid w:val="006621F4"/>
     <w:rsid w:val="006652A1"/>
+    <w:rsid w:val="006655D1"/>
     <w:rsid w:val="00691B1C"/>
     <w:rsid w:val="006A4148"/>
     <w:rsid w:val="006B2B6A"/>
+    <w:rsid w:val="006D2B8F"/>
     <w:rsid w:val="00703876"/>
     <w:rsid w:val="00725472"/>
     <w:rsid w:val="00747723"/>
     <w:rsid w:val="00755106"/>
     <w:rsid w:val="00766E64"/>
     <w:rsid w:val="00766FEC"/>
     <w:rsid w:val="007A76C2"/>
     <w:rsid w:val="007E30C1"/>
     <w:rsid w:val="00855CB4"/>
     <w:rsid w:val="00856F70"/>
     <w:rsid w:val="00896F34"/>
     <w:rsid w:val="008B4022"/>
     <w:rsid w:val="008E558D"/>
+    <w:rsid w:val="00913D20"/>
     <w:rsid w:val="00914AB7"/>
     <w:rsid w:val="00931082"/>
     <w:rsid w:val="009371D2"/>
+    <w:rsid w:val="00966F61"/>
     <w:rsid w:val="00975323"/>
     <w:rsid w:val="00982F2B"/>
     <w:rsid w:val="009A480A"/>
+    <w:rsid w:val="009A4B67"/>
     <w:rsid w:val="009E3E38"/>
     <w:rsid w:val="009E7D63"/>
     <w:rsid w:val="009E7EA0"/>
     <w:rsid w:val="009F077E"/>
     <w:rsid w:val="009F6848"/>
     <w:rsid w:val="00A26E8C"/>
     <w:rsid w:val="00A40678"/>
     <w:rsid w:val="00A42F65"/>
     <w:rsid w:val="00A53343"/>
     <w:rsid w:val="00A55960"/>
     <w:rsid w:val="00A63340"/>
     <w:rsid w:val="00A818C0"/>
     <w:rsid w:val="00AE530B"/>
     <w:rsid w:val="00B012DB"/>
     <w:rsid w:val="00B07751"/>
     <w:rsid w:val="00B07C9D"/>
     <w:rsid w:val="00B968AE"/>
     <w:rsid w:val="00BB21E9"/>
     <w:rsid w:val="00BC0553"/>
+    <w:rsid w:val="00BC194F"/>
     <w:rsid w:val="00BD054B"/>
     <w:rsid w:val="00BD0DC5"/>
     <w:rsid w:val="00BD28FE"/>
     <w:rsid w:val="00C0165F"/>
     <w:rsid w:val="00C07B4A"/>
     <w:rsid w:val="00C37A79"/>
     <w:rsid w:val="00C536A1"/>
     <w:rsid w:val="00C87EB5"/>
     <w:rsid w:val="00CB04DF"/>
     <w:rsid w:val="00CB6391"/>
     <w:rsid w:val="00CB6D42"/>
     <w:rsid w:val="00CC3402"/>
     <w:rsid w:val="00D04948"/>
     <w:rsid w:val="00D0526F"/>
     <w:rsid w:val="00D10982"/>
     <w:rsid w:val="00D22F83"/>
     <w:rsid w:val="00D26C3A"/>
     <w:rsid w:val="00D30135"/>
     <w:rsid w:val="00D448DB"/>
     <w:rsid w:val="00D96D7A"/>
     <w:rsid w:val="00DB4165"/>
     <w:rsid w:val="00DD0B8D"/>
     <w:rsid w:val="00DF3F6E"/>
     <w:rsid w:val="00E15F36"/>
     <w:rsid w:val="00E17088"/>
     <w:rsid w:val="00E20206"/>
     <w:rsid w:val="00E21A2B"/>
+    <w:rsid w:val="00E24024"/>
     <w:rsid w:val="00E63D48"/>
     <w:rsid w:val="00E875B5"/>
     <w:rsid w:val="00E9300D"/>
+    <w:rsid w:val="00E94A23"/>
     <w:rsid w:val="00F23AB1"/>
     <w:rsid w:val="00F43013"/>
     <w:rsid w:val="00F43581"/>
     <w:rsid w:val="00F83438"/>
     <w:rsid w:val="00F92294"/>
     <w:rsid w:val="00FC31FB"/>
     <w:rsid w:val="00FD4CDA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3DAF69B1"/>
   <w15:docId w15:val="{0AB45E8F-3229-4FD8-8B27-24B60CB4EB20}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5886,51 +6033,50 @@
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0051305B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
@@ -6413,51 +6559,51 @@
     <w:rsid w:val="0051305B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003851B4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="17396601">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="54667398">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7033,51 +7179,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2107723705">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rev.colomb.quim.v46n1.62830" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uma.edu.pe/handle/20.500.12970/241" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doi.org/10.1007/978-1-62703-631-3-39" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doi.org/10.1016/j.heliyon.2024.e34135" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rev.colomb.quim.v46n1.62830" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7445,70 +7591,70 @@
     </b:Author>
     <b:Title>Dolabellane diterpenes from the Caribbean soft corals Eunicea laciniata and Eunicea asperula and determination of their anti HSV-1 activity</b:Title>
     <b:JournalName>Rev. Colomb. Quím.</b:JournalName>
     <b:Year>2017</b:Year>
     <b:Pages>5-12</b:Pages>
     <b:Volume>46</b:Volume>
     <b:Issue>1</b:Issue>
     <b:DOI>https://doi.org/10.15446/rev.colomb.quim.v46n1.62830</b:DOI>
     <b:RefOrder>2</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73743059-8C38-432F-B0F2-B3A3A802CEF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>11314</Characters>
+  <Pages>8</Pages>
+  <Words>2202</Words>
+  <Characters>12111</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13344</CharactersWithSpaces>
+  <CharactersWithSpaces>14285</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rev. Colomb. Quim. 2018</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>