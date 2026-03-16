--- v1 (2026-03-05)
+++ v2 (2026-03-16)
@@ -317,71 +317,79 @@
       </w:r>
       <w:r w:rsidRPr="004E5413">
         <w:t xml:space="preserve"> día/</w:t>
       </w:r>
       <w:r w:rsidRPr="006108F4">
         <w:rPr>
           <w:rStyle w:val="nfasisintenso"/>
         </w:rPr>
         <w:t>mes</w:t>
       </w:r>
       <w:r w:rsidRPr="004E5413">
         <w:t>/año</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E78DA4C" w14:textId="77777777" w:rsidR="00A818C0" w:rsidRPr="009E7D63" w:rsidRDefault="00A818C0" w:rsidP="009E7D63">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751E86BF" w14:textId="1357F9EA" w:rsidR="00BC0553" w:rsidRPr="008847C2" w:rsidRDefault="00BC0553" w:rsidP="00BC0553">
+    <w:p w14:paraId="751E86BF" w14:textId="412E90EE" w:rsidR="00BC0553" w:rsidRPr="008847C2" w:rsidRDefault="00BC0553" w:rsidP="00BC0553">
       <w:r>
         <w:t>El r</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t>esumen de</w:t>
       </w:r>
       <w:r>
         <w:t>be tener</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve"> máximo 200 palabras. Deben mencionarse los propósitos de la investigación, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">los materiales y métodos, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t>los resultados relevantes (proporcionando datos específicos y, de ser posible, su significación estadística), y las conclusiones principales sin incluir citas bibliográficas. Se debe hacer énfasis en los aspectos nuevos e importantes del estudio. Debe evitar presentarse un resumen descriptivo (aquel donde no se presentan datos), en cambio, debe presentarse un resumen analítico (aquel en donde se presentan los datos relevantes obtenidos en la investigación).</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> El resumen siempre se debe presentar en español, inglés (Abstract) y portugués (Resumo), independiente del idioma del artículo. Las abreviaturas o siglas que se utilicen y describan en el resumen deben volver a describirse por primera vez en el cuerpo del texto.</w:t>
+        <w:t xml:space="preserve"> El resumen siempre se debe presentar en español, inglés (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) y portugués (Resumo), independiente del idioma del artículo. Las abreviaturas o siglas que se utilicen y describan en el resumen deben volver a describirse por primera vez en el cuerpo del texto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22ECB9D7" w14:textId="051F4BCE" w:rsidR="00A818C0" w:rsidRPr="00747723" w:rsidRDefault="00A818C0" w:rsidP="009E7D63">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00CB6391" w:rsidRPr="004B03B1">
         <w:t>deben listarse de 3 a 6 palabras clave</w:t>
       </w:r>
       <w:r w:rsidR="00BC0553">
@@ -895,96 +903,120 @@
       <w:r>
         <w:t xml:space="preserve">La rotulación de cada tabla debe ir a la cabeza de </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>la misma</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>, mientras que en las figuras debe presentarse al pie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30123159" w14:textId="08EAD091" w:rsidR="0024164D" w:rsidRPr="002F6155" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Si dentro del texto se hacen llamados a figuras o tablas, se deben escribir con minúscula inicial y en negrita, tanto para manuscritos en inglés como en español: “como se puede observar en la </w:t>
+        <w:t>Si dentro del texto se hacen llamados a figuras o tablas, se deben escribir con minúscula inicial y en negrita, tanto para manuscritos en inglés como en español: “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> se puede observar en la </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE742D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>figura 1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">”, “de acuerdo con las </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE742D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>tablas 1 y 2</w:t>
+        <w:t xml:space="preserve">tablas 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D815A3">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE742D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="006B2B6A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FBEA10" w14:textId="02FE8A62" w:rsidR="0024164D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
+    <w:p w14:paraId="44FBEA10" w14:textId="40104360" w:rsidR="0024164D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Evite figuras pequeñas aisladas: agrupe figuras con información relacionada en figuras compuestas rotuladas con letras (figura 1A, figura 3B </w:t>
       </w:r>
       <w:r w:rsidRPr="006141D5">
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="006141D5">
-        <w:t>iguras 1A-1F</w:t>
+        <w:t>iguras 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D815A3">
+        <w:t>A–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006141D5">
+        <w:t>1F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). La rotulación de las figuras debe hacerse siempre con letras mayúsculas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7148564D" w14:textId="621D57AB" w:rsidR="0024164D" w:rsidRPr="00EE742D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Si un artículo contiene tablas o figuras reproducidas (así sean del mismo autor), es obligación declarar el origen y contar permiso para utilizarlas. Se deben citar con el llamado numérico al final del título, es opcional escribir con permiso de quien se obtuvieron los derechos: </w:t>
       </w:r>
       <w:r w:rsidRPr="007110F5">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
@@ -1036,1694 +1068,1995 @@
         <w:t xml:space="preserve"> del artículo. Si son de elaboración propia no es necesario referirlo, pues esto se asume ante la ausencia de una referencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F23A9C0" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00EE742D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Las figuras deben tener resolución</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2251">
         <w:t xml:space="preserve"> mínima de 300 dpi </w:t>
       </w:r>
       <w:r>
         <w:t>y deben aparecer en un tamaño que permita leerlas. La Revista no editará figuras, eso es responsabilidad de los autores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16342C9B" w14:textId="58DD158C" w:rsidR="0024164D" w:rsidRPr="004B03B1" w:rsidRDefault="0024164D" w:rsidP="0024164D">
+    <w:p w14:paraId="16342C9B" w14:textId="5DBCF633" w:rsidR="0024164D" w:rsidRPr="004B03B1" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Rtulotablayfigura"/>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Tabla 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve"> Análisis químico y </w:t>
       </w:r>
       <w:r w:rsidRPr="00C65156">
         <w:t>relación</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve"> Cu-Ni de los catalizadores preparados.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> El título de las tablas va en la parte superior, en tamaño Times New Roman 10, interlineado sencillo, con el rotulo de “Tabla </w:t>
       </w:r>
       <w:r w:rsidR="006B2B6A">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>” en negrita, seguido de punto, seguido del título de la tabla con la primera en mayúscula.</w:t>
       </w:r>
+      <w:r w:rsidR="00D815A3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E667B8">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00D815A3">
+        <w:t>n cada columna de la tabla el número de decimales debe ser uniforme.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9477" w:type="dxa"/>
+        <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2895"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1097"/>
+        <w:gridCol w:w="2093"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0024164D" w:rsidRPr="004B03B1" w14:paraId="46F7145A" w14:textId="77777777" w:rsidTr="006E212E">
+      <w:tr w:rsidR="00D815A3" w:rsidRPr="004B03B1" w14:paraId="46F7145A" w14:textId="77777777" w:rsidTr="00D815A3">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2093" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A9FE18A" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Muestra: D-L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="129C63EC" w14:textId="355A21CB" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="129C63EC" w14:textId="26E57F4A" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,2</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,4</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14B200B8" w14:textId="11869D7E" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="14B200B8" w14:textId="342BAEED" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,2</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD25E3A" w14:textId="0F429A2F" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="0BD25E3A" w14:textId="3EFCC6EE" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,3</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,4</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20758035" w14:textId="00131C67" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="20758035" w14:textId="15ECE775" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,3</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56C44061" w14:textId="29DB4D7B" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="56C44061" w14:textId="5A3FE866" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,4</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,4</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41E69BE2" w14:textId="293E458A" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="41E69BE2" w14:textId="4981FD7A" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,4</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>0,6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024164D" w:rsidRPr="004B03B1" w14:paraId="25A00AB6" w14:textId="77777777" w:rsidTr="006E212E">
+      <w:tr w:rsidR="00D815A3" w:rsidRPr="004B03B1" w14:paraId="25A00AB6" w14:textId="77777777" w:rsidTr="00D815A3">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2093" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FD4A614" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">Cu (% </w:t>
             </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>p/p</w:t>
             </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BF3F786" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>9,26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="096BBA9B" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>9,59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04E28795" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>11,11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0178063F" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>10,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74944B51" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>9,17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="781A579D" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>10,21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024164D" w:rsidRPr="004B03B1" w14:paraId="67F69531" w14:textId="77777777" w:rsidTr="006E212E">
+      <w:tr w:rsidR="00D815A3" w:rsidRPr="004B03B1" w14:paraId="67F69531" w14:textId="77777777" w:rsidTr="00D815A3">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2093" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07C7B885" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">Ni (% </w:t>
             </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>p/p</w:t>
             </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13FE75F9" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>3,62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24009904" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>4,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45FAF3D6" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>4,79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47693A39" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>5,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AEB829C" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>4,26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27FE75B6" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>4,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024164D" w:rsidRPr="004B03B1" w14:paraId="1728C840" w14:textId="77777777" w:rsidTr="006E212E">
+      <w:tr w:rsidR="00D815A3" w:rsidRPr="004B03B1" w14:paraId="1728C840" w14:textId="77777777" w:rsidTr="00D815A3">
         <w:trPr>
           <w:trHeight w:val="756"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2093" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79C65CFA" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>% p/p CuO + NiO</w:t>
-            </w:r>
+              <w:t xml:space="preserve">% </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D815A3">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D815A3">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>CuO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00582211">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>NiO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49E9DD67" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="49E9DD67" w14:textId="5147509B" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16,2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BDF988D" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="2BDF988D" w14:textId="0AE2797E" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17,4</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BEC34C9" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="3BEC34C9" w14:textId="1FC7ADEE" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB1DB82" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="6FB1DB82" w14:textId="02DD59D4" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19,6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="153EF7ED" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="153EF7ED" w14:textId="12AAE969" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17,0</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BB9EF94" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="2BB9EF94" w14:textId="438A2C4B" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18,7</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024164D" w:rsidRPr="004B03B1" w14:paraId="71C87BA8" w14:textId="77777777" w:rsidTr="006E212E">
+      <w:tr w:rsidR="00D815A3" w:rsidRPr="004B03B1" w14:paraId="71C87BA8" w14:textId="77777777" w:rsidTr="00D815A3">
         <w:trPr>
           <w:trHeight w:val="798"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2093" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1296FDAB" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Relación molar Cu-Ni</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="458E485C" w14:textId="59239AE2" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="458E485C" w14:textId="2EF6474C" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>2,1</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7AD6F2" w14:textId="19B3A94A" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="7E7AD6F2" w14:textId="7C77593E" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>2,3</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="499506D6" w14:textId="656CD8A0" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="499506D6" w14:textId="24FE10BD" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>2,1</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75342292" w14:textId="15B80A0F" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="75342292" w14:textId="0845A3A4" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>1,8</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1F2B47" w14:textId="0CB0BFA6" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="6C1F2B47" w14:textId="02162CBE" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>1,9</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>,32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02CC46E5" w14:textId="02159531" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
+          <w:p w14:paraId="02CC46E5" w14:textId="5F58CEAA" w:rsidR="0024164D" w:rsidRPr="00582211" w:rsidRDefault="0024164D" w:rsidP="006E212E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>2,0</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
             <w:r w:rsidR="006538FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00582211">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D815A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="333CCC47" w14:textId="77777777" w:rsidR="0024164D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
+    <w:p w14:paraId="333CCC47" w14:textId="0E10B6B9" w:rsidR="0024164D" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Rtulotablayfigura"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D327B4">
-        <w:t>D-L: diámetro- longitud.</w:t>
+        <w:t>D-L: diámetro-longitud.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E758E18" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="00C65156" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Rtulotablayfigura"/>
       </w:pPr>
       <w:r w:rsidRPr="00C65156">
         <w:t>En el pie de l</w:t>
       </w:r>
       <w:r>
-        <w:t>a tabla se deben añadir las claves o nomeclatura pertinente en Times New Roman 10.</w:t>
+        <w:t xml:space="preserve">a tabla se deben añadir las claves o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nomeclatura</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> pertinente en Times New Roman 10.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ED90171" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="004B03B1" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:object w:dxaOrig="5973" w:dyaOrig="4753" w14:anchorId="05579929">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:362.4pt;height:289.9pt" o:ole="">
             <v:imagedata r:id="rId12" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Origin50.Graph" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1833545242" r:id="rId13"/>
+          <o:OLEObject Type="Embed" ProgID="Origin50.Graph" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1834307784" r:id="rId13"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="261913E9" w14:textId="77777777" w:rsidR="0024164D" w:rsidRPr="004B03B1" w:rsidRDefault="0024164D" w:rsidP="0024164D">
       <w:pPr>
         <w:pStyle w:val="Rtulotablayfigura"/>
       </w:pPr>
       <w:r w:rsidRPr="004B03B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Figura 1</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve">. Conversión del CO en </w:t>
       </w:r>
       <w:r w:rsidRPr="002D4737">
         <w:t>función</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve"> de la temperatura para diferentes valores de diámetro-longitud de los pellets.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Las figuras se rotulan en la parte inferior, en letra Times New Roman 10 con interlineado sencillo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E184E54" w14:textId="77777777" w:rsidR="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
+    <w:p w14:paraId="3E184E54" w14:textId="75CCB136" w:rsidR="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r>
         <w:t>Ecuaciones</w:t>
+      </w:r>
+      <w:r w:rsidR="00D815A3">
+        <w:t xml:space="preserve"> y reacciones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4581C528" w14:textId="1B1E4A61" w:rsidR="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00632261">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Para ecuaciones use la abreviación Ec. (1) en lugar de ecuación 1</w:t>
+        <w:t xml:space="preserve">Para ecuaciones use la abreviación </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00632261">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00632261">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. (1) en lugar de ecuación 1</w:t>
       </w:r>
       <w:r w:rsidR="006B2B6A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7564CD" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="00632261" w:rsidRDefault="0051305B" w:rsidP="0051305B">
+    <w:p w14:paraId="1E7564CD" w14:textId="591C9F9E" w:rsidR="0051305B" w:rsidRPr="00632261" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993DB1">
-        <w:t>Todas las ecuaciones deben estar numeradas y deben mencionarse en el texto.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="18A8DB13" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="00632261" w:rsidRDefault="0051305B" w:rsidP="0051305B">
+        <w:t xml:space="preserve">Todas las ecuaciones </w:t>
+      </w:r>
+      <w:r w:rsidR="00D815A3">
+        <w:t xml:space="preserve">y reacciones </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993DB1">
+        <w:t>deben estar numeradas y deben mencionarse en el texto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A8DB13" w14:textId="439A3558" w:rsidR="0051305B" w:rsidRPr="00632261" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993DB1">
-        <w:t>No deben aparecer ecuaciones que no se hayan descrito</w:t>
+        <w:t xml:space="preserve">No deben aparecer ecuaciones </w:t>
+      </w:r>
+      <w:r w:rsidR="00D815A3">
+        <w:t xml:space="preserve">o reacciones </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993DB1">
+        <w:t>que no se hayan descrito</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20E93023" w14:textId="1019178C" w:rsidR="0051305B" w:rsidRPr="00632261" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Se deben explicar todas las abreviaturas de las ecuaciones. Si ya fueron explicadas</w:t>
       </w:r>
       <w:r w:rsidR="00C536A1">
         <w:t xml:space="preserve"> en otra ecuación, se debe mencionar de forma explícita cuáles abreviaturas y en cuál ecuación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CE86617" w14:textId="25FAE15B" w:rsidR="0051305B" w:rsidRPr="004E191F" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>La cantidad de 4-nitrofenol adsorbida en el equilibrio q</w:t>
-      </w:r>
+        <w:t xml:space="preserve">La cantidad de 4-nitrofenol adsorbida en el equilibrio </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E191F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mmol</w:t>
       </w:r>
       <w:r w:rsidR="006538FF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="006538FF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="004E191F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>) se calculó utilizando Ec. (1):</w:t>
+        <w:t xml:space="preserve">) se calculó utilizando </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E191F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Ec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E191F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>. (1):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7195"/>
         <w:gridCol w:w="1633"/>
       </w:tblGrid>
       <w:tr w:rsidR="0051305B" w:rsidRPr="00FA2251" w14:paraId="2950B91A" w14:textId="77777777" w:rsidTr="006E212E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7195" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA13CBF" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="00582211" w:rsidRDefault="00000000" w:rsidP="006E212E">
+          <w:p w14:paraId="6AA13CBF" w14:textId="170BD1C9" w:rsidR="0051305B" w:rsidRPr="00582211" w:rsidRDefault="00000000" w:rsidP="006E212E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:iCs/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <m:rPr>
                         <m:sty m:val="p"/>
                       </m:rPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -2747,51 +3080,51 @@
                   <m:rPr>
                     <m:sty m:val="p"/>
                   </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>=</m:t>
                 </m:r>
                 <m:f>
                   <m:fPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:iCs/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:fPr>
                   <m:num>
                     <m:r>
                       <m:rPr>
                         <m:sty m:val="p"/>
                       </m:rPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       </w:rPr>
-                      <m:t>V</m:t>
+                      <m:t xml:space="preserve">V </m:t>
                     </m:r>
                     <m:d>
                       <m:dPr>
                         <m:ctrlPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                             <w:iCs/>
                           </w:rPr>
                         </m:ctrlPr>
                       </m:dPr>
                       <m:e>
                         <m:sSub>
                           <m:sSubPr>
                             <m:ctrlPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                 <w:iCs/>
                               </w:rPr>
                             </m:ctrlPr>
                           </m:sSubPr>
                           <m:e>
                             <m:r>
                               <m:rPr>
                                 <m:sty m:val="p"/>
                               </m:rPr>
@@ -2904,383 +3237,587 @@
         <w:t>Conclusiones</w:t>
       </w:r>
       <w:r w:rsidRPr="004B03B1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36931029" w14:textId="77777777" w:rsidR="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:t>Debe aparecer mínimo un párrafo con las conclusiones que debe estar vinculado a los objetivos del estudio. Se debe evitar presentar las conclusiones como frases sueltas. Lo que se afirme en las conclusiones debe estar plenamente respaldado por los datos. Si se usan siglas en la conclusión y ya se definieron en el texto no es necesario volver a definirlas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D10DDD" w14:textId="2074A963" w:rsidR="00914AB7" w:rsidRPr="004B03B1" w:rsidRDefault="00914AB7" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62256C3C" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
+    <w:p w14:paraId="62256C3C" w14:textId="4C32F352" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>La revista emplea el formato de citas IEEE (Institute of Electrical and Electronics Engineers).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="50B61F66" w14:textId="6263DDF7" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
+        <w:t xml:space="preserve">La revista </w:t>
+      </w:r>
+      <w:r w:rsidR="00D815A3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se basa en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>el formato de citas IEEE (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Institute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Electrical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Electronics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Engineers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B61F66" w14:textId="4C1E8103" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Si el artículo está en español, el formato de la</w:t>
+        <w:t>Si el artículo está en español, la</w:t>
       </w:r>
       <w:r w:rsidR="0000648C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> referencias debe estar en español, si el artículo está en inglés, deben estar en inglés.</w:t>
+        <w:t xml:space="preserve"> referencias debe</w:t>
+      </w:r>
+      <w:r w:rsidR="00D815A3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estar en español, si el artículo está en inglés, deben estar en inglés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75DF7194" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Todas las referencias que tengan DOI deben incluirlo (puede buscarlo por el título del artículo en Crossref).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="18153FB1" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
+        <w:t xml:space="preserve">Todas las referencias que tengan DOI deben incluirlo (puede buscarlo por el título del artículo en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Crossref</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18153FB1" w14:textId="69C5E56B" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">Las citas en el cuerpo del texto deben escribirse como números entre corchetes </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Las citas en el cuerpo del texto deben escribirse como números entre corchetes de acuerdo </w:t>
+      </w:r>
+      <w:r w:rsidR="00D815A3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>de acuerdo a</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> su orden de aparición, cuando se desea citar más de una referencia al tiempo se debe usar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD054B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>[1, 2]</w:t>
+      </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> su orden de aparición, cuando se desea citar más de una referencia al tiempo se debe usar </w:t>
+        <w:t xml:space="preserve"> en lugar de </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD054B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>[1] [2];</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07B4A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="green"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>[1, 2]</w:t>
+        <w:t>[1–3]</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> en lugar de </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD054B">
+      <w:r w:rsidRPr="00C07B4A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="red"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>[1] [2];</w:t>
+        <w:t>[1] [2] [3]</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y </w:t>
+        <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07B4A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:highlight w:val="green"/>
-[...2 lines deleted...]
-        <w:t>[1–3]</w:t>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>[1, 2, 3]</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en lugar de </w:t>
+        <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07B4A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:highlight w:val="red"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>[1] [2] [3]</w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t>[1], [2], [3].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28107A6F" w14:textId="77777777" w:rsidR="00C07B4A" w:rsidRDefault="00C07B4A" w:rsidP="00C07B4A">
+    <w:p w14:paraId="28107A6F" w14:textId="56AB218F" w:rsidR="00C07B4A" w:rsidRDefault="00C07B4A" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Para introducir referencias de forma directa es correcto hacerlo con el apellido (solo el apellido, sin la inicial del nombre) del autor o autores seguido con el número, y no solo con el número: </w:t>
       </w:r>
       <w:r w:rsidRPr="001F18D1">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>“De acuerdo con Narváez y Gutiérrez el Ph de la mezcla fue… [3]”</w:t>
+        <w:t xml:space="preserve">“De acuerdo con Narváez y Gutiérrez el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F18D1">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Ph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F18D1">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la mezcla fue… [3]”</w:t>
       </w:r>
       <w:r w:rsidRPr="001F18D1">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> y no </w:t>
       </w:r>
       <w:r w:rsidRPr="001F18D1">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
-        <w:t>“De acuerdo con [3], el Ph de la mezcla fue…”</w:t>
+        <w:t xml:space="preserve">“De acuerdo con [3], el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F18D1">
+        <w:rPr>
+          <w:highlight w:val="red"/>
+        </w:rPr>
+        <w:t>Ph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F18D1">
+        <w:rPr>
+          <w:highlight w:val="red"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la mezcla fue…”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ni “</w:t>
       </w:r>
       <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:highlight w:val="red"/>
         </w:rPr>
-        <w:t>De acuerdo con C. Narváez el Ph de la mezcla...</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">De acuerdo con C. Narváez el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:highlight w:val="red"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [3</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Ph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:highlight w:val="red"/>
         </w:rPr>
-        <w:t xml:space="preserve">] </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F42A02">
+        <w:t xml:space="preserve"> de la mezcla...</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:highlight w:val="red"/>
         </w:rPr>
+        <w:t xml:space="preserve"> [3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:highlight w:val="red"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F42A02">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:highlight w:val="red"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">También es correcto omitir la alusión </w:t>
       </w:r>
       <w:r w:rsidRPr="001F18D1">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>“Alguno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="001F18D1">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve"> estudios muestran que el Ph de la mezcla… [3]”</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">. El número puede ir enseguida del apellido del autor o al final de la oración. Si se va a citar una fuente dentro del texto que tiene más de dos autores se escribe la referencia con </w:t>
+        <w:t xml:space="preserve"> estudios muestran que el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F18D1">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Ph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F18D1">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la mezcla… [3]”</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. El número puede ir enseguida del apellido del autor o al final de la oración</w:t>
+      </w:r>
+      <w:r w:rsidR="00D815A3">
+        <w:t>, pero se sugiere incluirlo al final</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Si se va a citar una fuente dentro del texto que tiene más de dos autores se escribe la referencia con </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
       <w:r>
         <w:t>: “</w:t>
       </w:r>
       <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">De acuerdo con Narváez </w:t>
       </w:r>
       <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F42A02">
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [3] la mezcla fue...”</w:t>
+        <w:t xml:space="preserve"> la mezcla fue...</w:t>
+      </w:r>
+      <w:r w:rsidR="00D815A3">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D815A3" w:rsidRPr="00F42A02">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>[3]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F42A02">
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="656AC072" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>La lista de referencias debe estar organizada en el mismo orden numérico en el que la referencias fueron incluidas a lo largo del texto.</w:t>
@@ -3419,159 +3956,204 @@
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Ejemplos de referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7869C876" w14:textId="78EA700F" w:rsidR="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Artículos de revista</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B48C76" w14:textId="20C6EEBC" w:rsidR="00C07B4A" w:rsidRPr="0051305B" w:rsidRDefault="00C07B4A" w:rsidP="00C07B4A">
+    <w:p w14:paraId="47B48C76" w14:textId="73D705D1" w:rsidR="00C07B4A" w:rsidRPr="0051305B" w:rsidRDefault="00C07B4A" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Si el artículo no tiene DOI pero se quiere incluir el link, hacerlo escribiendo “Disponible en:”</w:t>
+        <w:t>Si el artículo no tiene DOI</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7DC4">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, se debe incluir el link con </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>“Disponible en:”</w:t>
       </w:r>
       <w:r w:rsidR="003851B4">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3C47CA" w14:textId="56167E7D" w:rsidR="0051305B" w:rsidRPr="0065032C" w:rsidRDefault="0051305B" w:rsidP="003851B4">
+    <w:p w14:paraId="0D3C47CA" w14:textId="39D29253" w:rsidR="0051305B" w:rsidRPr="004B7DC4" w:rsidRDefault="0051305B" w:rsidP="004B7DC4">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:lang w:val="nl-NL"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07B4A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">[1] F. Amaya García </w:t>
       </w:r>
       <w:r w:rsidRPr="003851B4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07B4A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">., “Dolabellane diterpenes from the Caribbean soft corals Eunicea laciniata and Eunicea asperula and determination of their anti HSV-1 activity”, </w:t>
       </w:r>
       <w:r w:rsidRPr="003851B4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Rev. Colomb. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006538FF">
+      <w:r w:rsidRPr="004B7DC4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="nl-NL"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quím</w:t>
       </w:r>
-      <w:r w:rsidRPr="006538FF">
-[...14 lines deleted...]
-          <w:lang w:val="nl-NL"/>
+      <w:r w:rsidRPr="004B7DC4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>., vol. 46, nro. 1, pp. 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00E24024" w:rsidRPr="004B7DC4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="006538FF">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">12, ene. 2017. DOI: </w:t>
+      <w:r w:rsidRPr="004B7DC4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>12, 2017. DOI:</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7DC4" w:rsidRPr="004B7DC4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="003851B4" w:rsidRPr="006538FF">
+        <w:r w:rsidR="004B7DC4" w:rsidRPr="004B7DC4">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:lang w:val="nl-NL"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.15446/rev.colomb.quim.v46n1.62830</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0065032C">
+      <w:r w:rsidR="0065032C" w:rsidRPr="004B7DC4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DD2736" w14:textId="569D8759" w:rsidR="00E24024" w:rsidRDefault="00E24024" w:rsidP="003851B4">
+    <w:p w14:paraId="53DD2736" w14:textId="687BFD34" w:rsidR="00E24024" w:rsidRPr="00E667B8" w:rsidRDefault="00E24024" w:rsidP="003851B4">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>En caso de que no tenga páginas sino serial:</w:t>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E667B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>En caso de que no tenga páginas</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7DC4" w:rsidRPr="00E667B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E667B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7DC4" w:rsidRPr="00E667B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>se escribe el</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E667B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> serial:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3740B624" w14:textId="6428FB5A" w:rsidR="00E24024" w:rsidRPr="0065032C" w:rsidRDefault="00E24024" w:rsidP="003851B4">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">[2] </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24024">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">H. Assaggaf </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24024">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -3703,58 +4285,51 @@
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Humana Press, 2013, pp. 573</w:t>
       </w:r>
       <w:r w:rsidR="0065032C">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">591. DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="0065032C" w:rsidRPr="007B4DCB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="es-CO"/>
           </w:rPr>
-          <w:t>https://www.</w:t>
-[...6 lines deleted...]
-          <w:t>doi.org/10.1007/978-1-62703-631-3-39</w:t>
+          <w:t>https://www.doi.org/10.1007/978-1-62703-631-3-39</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0065032C">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBF44E8" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Tesis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC37D48" w14:textId="516881D4" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="0051305B">
       <w:pPr>
@@ -3839,59 +4414,65 @@
       <w:r w:rsidR="00FD4CDA">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Síntesis y caracterización de MOFs anclados sobre telas de algodón con posibles aplicaciones antibacteriales</w:t>
       </w:r>
       <w:r w:rsidR="00FD4CDA">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>, tesis de maestría, Universidad Nacional de Colombia – Sede Bogotá, 2016.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="279DE22F" w14:textId="2F8F1DE7" w:rsidR="00966F61" w:rsidRPr="00966F61" w:rsidRDefault="00966F61" w:rsidP="00966F61">
+    <w:p w14:paraId="279DE22F" w14:textId="7C36C1A5" w:rsidR="00966F61" w:rsidRPr="00966F61" w:rsidRDefault="00966F61" w:rsidP="00966F61">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F22A6C">
-        <w:t>[21]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7DC4">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22A6C">
+        <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F22A6C">
         <w:t xml:space="preserve">J. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">N. Campos Flores y </w:t>
       </w:r>
       <w:r w:rsidRPr="00F22A6C">
         <w:t xml:space="preserve">F. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">M. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F22A6C">
         <w:t>Santa Cruz</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Mondragón</w:t>
       </w:r>
       <w:r w:rsidRPr="00F22A6C">
         <w:t xml:space="preserve">, “Formulación y control de calidad de una crema elaborada a partir del extracto etanolico de las hojas de Rosmarinus officinalis L”, </w:t>
       </w:r>
@@ -3914,62 +4495,74 @@
         <w:r w:rsidRPr="0067457B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://repositorio.uma.edu.pe/handle/20.500.12970/241</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B630B1A" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Memorias de congreso </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21ADECE4" w14:textId="683B6415" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
+    <w:p w14:paraId="21ADECE4" w14:textId="39BA150D" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">[5] B. Moreno Murillo, Y. Hata Uribe, M. Rojas Cardozo, J. Marín Loaiza, J. Rincón Velandia </w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7DC4">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] B. Moreno Murillo, Y. Hata Uribe, M. Rojas Cardozo, J. Marín Loaiza, J. Rincón Velandia </w:t>
       </w:r>
       <w:r w:rsidR="00FD4CDA">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">C. Vásquez Londoño, </w:t>
       </w:r>
       <w:r w:rsidR="00FD4CDA">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Memorias V Congreso Iberoamericano de Productos Naturales XIII Congreso Colombiano de Fitoquímica VIII Congreso Colombiano de Cromatografía</w:t>
       </w:r>
@@ -4005,62 +4598,74 @@
         </w:rPr>
         <w:t>V Congreso Iberoamericano de Productos Naturales. Biodiversidad, Caminos y Horizontes</w:t>
       </w:r>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">, Hotel Tequendama Crowne Plaza, 2016. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2865B7D4" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Página web </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="614A010D" w14:textId="77777777" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
+    <w:p w14:paraId="614A010D" w14:textId="03004403" w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidRDefault="0051305B" w:rsidP="00C07B4A">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051305B">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>[6] U. S. Secretary of Commerce, “Libro del Web de Química del NIST”, 2017. [En línea]. Disponible en: http://webbook.nist.gov/chemistry/index.html.es. [Último acceso: 09/02/2018].</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7DC4">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051305B">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>] U. S. Secretary of Commerce, “Libro del Web de Química del NIST”, 2017. [En línea]. Disponible en: http://webbook.nist.gov/chemistry/index.html.es. [Último acceso: 09/02/2018].</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0051305B" w:rsidRPr="0051305B" w:rsidSect="001E2467">
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="680" w:footer="850" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="Usuario" w:date="2025-03-28T10:38:00Z" w:initials="U">
     <w:p w14:paraId="723357C1" w14:textId="31FD0A8E" w:rsidR="00D10982" w:rsidRDefault="00D10982">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4223,61 +4828,61 @@
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="723357C1" w15:done="0"/>
   <w15:commentEx w15:paraId="7E7B6013" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="2B90FAC3" w16cex:dateUtc="2025-03-28T15:38:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2B953C76" w16cex:dateUtc="2025-03-31T21:08:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="723357C1" w16cid:durableId="2B90FAC3"/>
   <w16cid:commentId w16cid:paraId="7E7B6013" w16cid:durableId="2B953C76"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E70544E" w14:textId="77777777" w:rsidR="0011521F" w:rsidRDefault="0011521F" w:rsidP="00931082">
+    <w:p w14:paraId="7DE02A58" w14:textId="77777777" w:rsidR="000F2F62" w:rsidRDefault="000F2F62" w:rsidP="00931082">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1376D6A6" w14:textId="77777777" w:rsidR="0011521F" w:rsidRDefault="0011521F" w:rsidP="00931082">
+    <w:p w14:paraId="022F82EC" w14:textId="77777777" w:rsidR="000F2F62" w:rsidRDefault="000F2F62" w:rsidP="00931082">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4430,61 +5035,61 @@
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="792879A9" w14:textId="77777777" w:rsidR="00E20206" w:rsidRDefault="00E20206">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="391360E1" w14:textId="77777777" w:rsidR="0011521F" w:rsidRDefault="0011521F" w:rsidP="00931082">
+    <w:p w14:paraId="00487517" w14:textId="77777777" w:rsidR="000F2F62" w:rsidRDefault="000F2F62" w:rsidP="00931082">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B58BEC" w14:textId="77777777" w:rsidR="0011521F" w:rsidRDefault="0011521F" w:rsidP="00931082">
+    <w:p w14:paraId="56C776D2" w14:textId="77777777" w:rsidR="000F2F62" w:rsidRDefault="000F2F62" w:rsidP="00931082">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6105" w:tblpY="13"/>
       <w:tblW w:w="2628" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2628"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A26E8C" w:rsidRPr="002979F6" w14:paraId="19B94B2D" w14:textId="77777777" w:rsidTr="00A26E8C">
       <w:trPr>
@@ -4564,51 +5169,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="3C74CA62" id="7 Conector recto" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-82.05pt,35.95pt" to="514.1pt,37.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPQKmOqAEAAKIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSP1P1i+s/kA2hJttodWcEFQ&#10;AeXuOuONJX/JNpvsv2c82U0rQEggLpZjz3vz3vNkezNbww4Qk/au582m5gyc9IN2+54/fH338pqz&#10;lIUbhPEOen6ExG92Fy+2U+ig9aM3A0SGJC51U+j5mHPoqirJEaxIGx/A4aXy0YqMn3FfDVFMyG5N&#10;1db1ZTX5OIToJaSEp3fLJd8Rv1Ig8yelEmRmeo7aMq2R1seyVrut6PZRhFHLkwzxDyqs0A6brlR3&#10;Igv2PepfqKyW0Sev8kZ6W3mltATygG6a+ic3X0YRgLxgOCmsMaX/Rys/Hm7dfcQYppC6FO5jcTGr&#10;aJkyOnzDNyVfqJTNFNtxjQ3mzCQeXr25atpXLWcS79rm7evLEmu10BS6EFN+D96ysum50a64Ep04&#10;fEh5KT2XIO5JCO3y0UApNu4zKKYHbLhIohmBWxPZQeDrCinB5ebUmqoLTGljVmBNbf8IPNUXKND8&#10;/A14RVBn7/IKttr5+LvueT5LVkv9OYHFd4ng0Q9HeiKKBgeBwj0NbZm0598Ef/q1dj8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCWq6Tj3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCRuW5qqjK00nRBjZ8QAacesMW0hcaok29q3Jzuxo+1Pv7+/Wo/WsBP60DuSIOYZMKTG6Z5aCZ8f&#10;29kSWIiKtDKOUMKEAdb17U2lSu3O9I6nXWxZCqFQKgldjEPJeWg6tCrM3YCUbt/OWxXT6FuuvTqn&#10;cGt4nmULblVP6UOnBnzpsPndHa2EYNrXn+lrcptc+2mzDXt8E4WU93fj8xOwiGP8h+Gin9ShTk4H&#10;dyQdmJEwE4tCJFbCo1gBuxBZvsyBHdLmoQBeV/y6Q/0HAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAj0CpjqgBAACiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAlquk494AAAALAQAADwAAAAAAAAAAAAAAAAACBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAA0FAAAAAA==&#10;" strokecolor="#4579b8 [3044]"/>
+            <v:line w14:anchorId="28D9D921" id="7 Conector recto" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-82.05pt,35.95pt" to="514.1pt,37.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPQKmOqAEAAKIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSP1P1i+s/kA2hJttodWcEFQ&#10;AeXuOuONJX/JNpvsv2c82U0rQEggLpZjz3vz3vNkezNbww4Qk/au582m5gyc9IN2+54/fH338pqz&#10;lIUbhPEOen6ExG92Fy+2U+ig9aM3A0SGJC51U+j5mHPoqirJEaxIGx/A4aXy0YqMn3FfDVFMyG5N&#10;1db1ZTX5OIToJaSEp3fLJd8Rv1Ig8yelEmRmeo7aMq2R1seyVrut6PZRhFHLkwzxDyqs0A6brlR3&#10;Igv2PepfqKyW0Sev8kZ6W3mltATygG6a+ic3X0YRgLxgOCmsMaX/Rys/Hm7dfcQYppC6FO5jcTGr&#10;aJkyOnzDNyVfqJTNFNtxjQ3mzCQeXr25atpXLWcS79rm7evLEmu10BS6EFN+D96ysum50a64Ep04&#10;fEh5KT2XIO5JCO3y0UApNu4zKKYHbLhIohmBWxPZQeDrCinB5ebUmqoLTGljVmBNbf8IPNUXKND8&#10;/A14RVBn7/IKttr5+LvueT5LVkv9OYHFd4ng0Q9HeiKKBgeBwj0NbZm0598Ef/q1dj8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCWq6Tj3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCRuW5qqjK00nRBjZ8QAacesMW0hcaok29q3Jzuxo+1Pv7+/Wo/WsBP60DuSIOYZMKTG6Z5aCZ8f&#10;29kSWIiKtDKOUMKEAdb17U2lSu3O9I6nXWxZCqFQKgldjEPJeWg6tCrM3YCUbt/OWxXT6FuuvTqn&#10;cGt4nmULblVP6UOnBnzpsPndHa2EYNrXn+lrcptc+2mzDXt8E4WU93fj8xOwiGP8h+Gin9ShTk4H&#10;dyQdmJEwE4tCJFbCo1gBuxBZvsyBHdLmoQBeV/y6Q/0HAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAj0CpjqgBAACiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAlquk494AAAALAQAADwAAAAAAAAAAAAAAAAACBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAA0FAAAAAA==&#10;" strokecolor="#4579b8 [3044]"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00A26E8C">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>Apellidos  autor</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> 1</w:t>
     </w:r>
     <w:r w:rsidRPr="00A26E8C">
@@ -5321,123 +5926,127 @@
   <w15:person w15:author="Usuario">
     <w15:presenceInfo w15:providerId="None" w15:userId="Usuario"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="nl-NL" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009371D2"/>
     <w:rsid w:val="000026CF"/>
     <w:rsid w:val="0000648C"/>
     <w:rsid w:val="000147F2"/>
     <w:rsid w:val="0001563B"/>
     <w:rsid w:val="0005211C"/>
     <w:rsid w:val="00063FE1"/>
     <w:rsid w:val="000958DC"/>
     <w:rsid w:val="000D56DB"/>
+    <w:rsid w:val="000F2F62"/>
     <w:rsid w:val="000F4666"/>
     <w:rsid w:val="0011521F"/>
     <w:rsid w:val="00115933"/>
     <w:rsid w:val="00120C17"/>
     <w:rsid w:val="00163F8B"/>
     <w:rsid w:val="001933F0"/>
     <w:rsid w:val="001A01B6"/>
     <w:rsid w:val="001A72DC"/>
     <w:rsid w:val="001D2495"/>
     <w:rsid w:val="001E2467"/>
+    <w:rsid w:val="00210FFC"/>
     <w:rsid w:val="0024164D"/>
     <w:rsid w:val="002476B8"/>
     <w:rsid w:val="002A2713"/>
     <w:rsid w:val="002A46D9"/>
     <w:rsid w:val="002B170E"/>
     <w:rsid w:val="003267F0"/>
     <w:rsid w:val="003375CE"/>
     <w:rsid w:val="0038200F"/>
     <w:rsid w:val="00383F65"/>
     <w:rsid w:val="003851B4"/>
     <w:rsid w:val="003B4626"/>
     <w:rsid w:val="003B5F29"/>
     <w:rsid w:val="003B61CD"/>
     <w:rsid w:val="003B7D0A"/>
     <w:rsid w:val="003D33C0"/>
     <w:rsid w:val="00420AA2"/>
     <w:rsid w:val="00427513"/>
     <w:rsid w:val="004419EB"/>
     <w:rsid w:val="00457DBC"/>
     <w:rsid w:val="004627EE"/>
     <w:rsid w:val="004767BD"/>
     <w:rsid w:val="004769CF"/>
     <w:rsid w:val="00487AFD"/>
     <w:rsid w:val="00492F1E"/>
     <w:rsid w:val="004A28D6"/>
     <w:rsid w:val="004B03B1"/>
     <w:rsid w:val="004B475D"/>
+    <w:rsid w:val="004B7DC4"/>
     <w:rsid w:val="004C55ED"/>
     <w:rsid w:val="004D4D09"/>
     <w:rsid w:val="004E191F"/>
+    <w:rsid w:val="004E581A"/>
     <w:rsid w:val="0051021F"/>
     <w:rsid w:val="0051305B"/>
     <w:rsid w:val="00520165"/>
     <w:rsid w:val="0052561A"/>
     <w:rsid w:val="00536A27"/>
     <w:rsid w:val="00555A62"/>
     <w:rsid w:val="0056387E"/>
     <w:rsid w:val="00573951"/>
     <w:rsid w:val="00582211"/>
     <w:rsid w:val="00593874"/>
     <w:rsid w:val="005946D1"/>
     <w:rsid w:val="00594FB5"/>
     <w:rsid w:val="005B6113"/>
     <w:rsid w:val="005C4BB6"/>
     <w:rsid w:val="005D6257"/>
     <w:rsid w:val="005F7E03"/>
     <w:rsid w:val="006173AB"/>
     <w:rsid w:val="00617FE9"/>
     <w:rsid w:val="006237D0"/>
     <w:rsid w:val="00643112"/>
     <w:rsid w:val="0065032C"/>
     <w:rsid w:val="006538FF"/>
     <w:rsid w:val="006621F4"/>
     <w:rsid w:val="006652A1"/>
     <w:rsid w:val="006655D1"/>
@@ -5468,76 +6077,79 @@
     <w:rsid w:val="009A480A"/>
     <w:rsid w:val="009A4B67"/>
     <w:rsid w:val="009E3E38"/>
     <w:rsid w:val="009E7D63"/>
     <w:rsid w:val="009E7EA0"/>
     <w:rsid w:val="009F077E"/>
     <w:rsid w:val="009F6848"/>
     <w:rsid w:val="00A26E8C"/>
     <w:rsid w:val="00A40678"/>
     <w:rsid w:val="00A42F65"/>
     <w:rsid w:val="00A53343"/>
     <w:rsid w:val="00A55960"/>
     <w:rsid w:val="00A63340"/>
     <w:rsid w:val="00A818C0"/>
     <w:rsid w:val="00AE530B"/>
     <w:rsid w:val="00B012DB"/>
     <w:rsid w:val="00B07751"/>
     <w:rsid w:val="00B07C9D"/>
     <w:rsid w:val="00B968AE"/>
     <w:rsid w:val="00BB21E9"/>
     <w:rsid w:val="00BC0553"/>
     <w:rsid w:val="00BC194F"/>
     <w:rsid w:val="00BD054B"/>
     <w:rsid w:val="00BD0DC5"/>
     <w:rsid w:val="00BD28FE"/>
+    <w:rsid w:val="00BD3229"/>
     <w:rsid w:val="00C0165F"/>
     <w:rsid w:val="00C07B4A"/>
     <w:rsid w:val="00C37A79"/>
     <w:rsid w:val="00C536A1"/>
     <w:rsid w:val="00C87EB5"/>
     <w:rsid w:val="00CB04DF"/>
     <w:rsid w:val="00CB6391"/>
     <w:rsid w:val="00CB6D42"/>
     <w:rsid w:val="00CC3402"/>
     <w:rsid w:val="00D04948"/>
     <w:rsid w:val="00D0526F"/>
     <w:rsid w:val="00D10982"/>
     <w:rsid w:val="00D22F83"/>
     <w:rsid w:val="00D26C3A"/>
     <w:rsid w:val="00D30135"/>
     <w:rsid w:val="00D448DB"/>
+    <w:rsid w:val="00D815A3"/>
     <w:rsid w:val="00D96D7A"/>
     <w:rsid w:val="00DB4165"/>
     <w:rsid w:val="00DD0B8D"/>
     <w:rsid w:val="00DF3F6E"/>
     <w:rsid w:val="00E15F36"/>
     <w:rsid w:val="00E17088"/>
     <w:rsid w:val="00E20206"/>
     <w:rsid w:val="00E21A2B"/>
     <w:rsid w:val="00E24024"/>
     <w:rsid w:val="00E63D48"/>
+    <w:rsid w:val="00E667B8"/>
     <w:rsid w:val="00E875B5"/>
     <w:rsid w:val="00E9300D"/>
     <w:rsid w:val="00E94A23"/>
     <w:rsid w:val="00F23AB1"/>
     <w:rsid w:val="00F43013"/>
     <w:rsid w:val="00F43581"/>
     <w:rsid w:val="00F83438"/>
     <w:rsid w:val="00F92294"/>
     <w:rsid w:val="00FC31FB"/>
     <w:rsid w:val="00FD4CDA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
@@ -6033,50 +6645,51 @@
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0051305B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
@@ -6553,50 +7166,60 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0051305B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003851B4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D815A3"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="17396601">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="54667398">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -7592,69 +8215,69 @@
     <b:Title>Dolabellane diterpenes from the Caribbean soft corals Eunicea laciniata and Eunicea asperula and determination of their anti HSV-1 activity</b:Title>
     <b:JournalName>Rev. Colomb. Quím.</b:JournalName>
     <b:Year>2017</b:Year>
     <b:Pages>5-12</b:Pages>
     <b:Volume>46</b:Volume>
     <b:Issue>1</b:Issue>
     <b:DOI>https://doi.org/10.15446/rev.colomb.quim.v46n1.62830</b:DOI>
     <b:RefOrder>2</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73743059-8C38-432F-B0F2-B3A3A802CEF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2202</Words>
-  <Characters>12111</Characters>
+  <Words>2230</Words>
+  <Characters>12270</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
+  <Lines>102</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14285</CharactersWithSpaces>
+  <CharactersWithSpaces>14472</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rev. Colomb. Quim. 2018</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>